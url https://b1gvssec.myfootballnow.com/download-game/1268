--- v0 (2025-11-21)
+++ v1 (2025-12-16)
@@ -332,51 +332,51 @@
   <si>
     <t>#55 Don Hughes - WLB</t>
   </si>
   <si>
     <t>#93 Walter Lee - RDE</t>
   </si>
   <si>
     <t>#13 James Lee - K</t>
   </si>
   <si>
     <t>ARK</t>
   </si>
   <si>
     <t>ARK 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-ARK 25 (15:00) 10-Brian Nelson ran to ARK 28 for 3 yards. Tackle by 41-Otto Pfeffer. WAS 57-Joseph Hatton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#9 Joseph Harris - QB</t>
+    <t>#6 Joseph Harris - QB</t>
   </si>
   <si>
     <t>#39 Brian Nelson - RB</t>
   </si>
   <si>
     <t>#34 Paul Shaffer - RB</t>
   </si>
   <si>
     <t>#87 Gordon Oconnell - TE</t>
   </si>
   <si>
     <t>#88 Brett Butler - TE</t>
   </si>
   <si>
     <t>#86 Deon Henry - WR</t>
   </si>
   <si>
     <t>#74 Charlie Anderson - LT</t>
   </si>
   <si>
     <t>#72 Antonio Hatchett - LG</t>
   </si>
   <si>
     <t>#63 Jonathan Kane - C</t>
   </si>
@@ -809,51 +809,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:11) Extra point GOOD by 1-James Lee. ARK 0 WAS 7</t>
   </si>
   <si>
     <t>#9 Bradley Maxwell - P</t>
   </si>
   <si>
     <t>#46 William Fredrickson - TE</t>
   </si>
   <si>
     <t>#60 Harry Key - LG</t>
   </si>
   <si>
     <t>#69 James Cahoon - RG</t>
   </si>
   <si>
     <t>#60 John Bass - C</t>
   </si>
   <si>
     <t>#53 Jimmie Gulley - SLB</t>
   </si>
   <si>
-    <t>#98 David Gonzalez - RDE</t>
+    <t>#99 David Gonzalez - LDE</t>
   </si>
   <si>
     <t>#95 Benjamin Kahler - DT</t>
   </si>
   <si>
     <t>(4:11) 1-James Lee kicks 74 yards from WAS 35 to ARK -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>1-10-ARK 25 (4:11) 9-Joseph Harris pass complete to 86-Deon Henry to ARK 33 for 8 yards. Tackle by 41-Otto Pfeffer. Pressure by 92-Arthur Winter.</t>
   </si>
   <si>
     <t>3:28</t>
   </si>
   <si>
     <t>ARK 33</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>2-2-ARK 33 (3:27) 10-Brian Nelson ran to ARK 32 for -1 yards. Tackle by 57-Joseph Hatton.</t>
   </si>