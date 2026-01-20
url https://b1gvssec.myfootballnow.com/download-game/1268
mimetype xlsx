--- v1 (2025-12-16)
+++ v2 (2026-01-20)
@@ -380,51 +380,51 @@
   <si>
     <t>#63 Jonathan Kane - C</t>
   </si>
   <si>
     <t>#76 Michael Lowe - RG</t>
   </si>
   <si>
     <t>#69 Daniel Fitzgerald - RT</t>
   </si>
   <si>
     <t>#79 James Miller - LDE</t>
   </si>
   <si>
     <t>#93 Michael Trujillo - LDE</t>
   </si>
   <si>
     <t>#95 Robert Ray - DT</t>
   </si>
   <si>
     <t>#56 Lester Mahaffey - DT</t>
   </si>
   <si>
     <t>#64 Arthur Winter - DT</t>
   </si>
   <si>
-    <t>#56 James Radel - WLB</t>
+    <t>#54 James Radel - WLB</t>
   </si>
   <si>
     <t>#42 Joseph Hatton - RDE</t>
   </si>
   <si>
     <t>#50 Lester Perez - WLB</t>
   </si>
   <si>
     <t>#45 John Barden - CB</t>
   </si>
   <si>
     <t>#24 Kurt Johnson - CB</t>
   </si>
   <si>
     <t>#41 Otto Pfeffer - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>ARK 28</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>