--- v2 (2026-01-20)
+++ v3 (2026-03-13)
@@ -479,75 +479,75 @@
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>ARK 40</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-ARK 40 (13:43) 23-Thomas Stetler ran to ARK 37 for 3 yards. Tackle by 57-George Porter.</t>
   </si>
   <si>
     <t>#13 Charles Perez - QB</t>
   </si>
   <si>
     <t>#30 Thomas Stetler - FB</t>
   </si>
   <si>
     <t>#48 David Ratcliff - RB</t>
   </si>
   <si>
-    <t>#88 Fred Simonds - WR</t>
+    <t>#81 Fred Simonds - WR</t>
   </si>
   <si>
     <t>#10 Ryan Veal - WR</t>
   </si>
   <si>
     <t>#26 Giuseppe Price - RB</t>
   </si>
   <si>
     <t>#79 Charles Ryman - LT</t>
   </si>
   <si>
     <t>#61 Lawrence Harrison - LT</t>
   </si>
   <si>
     <t>#64 Edward Lewis - C</t>
   </si>
   <si>
     <t>#62 Warren Nelson - LG</t>
   </si>
   <si>
     <t>#77 Raymond Sim - LT</t>
   </si>
   <si>
-    <t>#94 Mark Hernandez - LDE</t>
+    <t>#70 Mark Hernandez - LDE</t>
   </si>
   <si>
     <t>#97 Mark Thomas - DT</t>
   </si>
   <si>
     <t>#92 James Johnston - DT</t>
   </si>
   <si>
     <t>#39 Howard Bridges - CB</t>
   </si>
   <si>
     <t>#23 Michael Schreiner - FS</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>ARK 37</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
@@ -1292,51 +1292,51 @@
   <si>
     <t>1-10-ARK 48 (13:25) 7-Charles Perez pass Pass knocked down by 39-Howard Bridges. incomplete, intended for 88-Fred Simonds.</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>2-10-ARK 48 (13:22) 7-Charles Perez pass complete to 17-Ryan Veal to ARK 10 for 38 yards. Tackle by 41-Barney Durden.</t>
   </si>
   <si>
     <t>12:34</t>
   </si>
   <si>
     <t>1-10-ARK 10 (12:33) 32-Whitney Strong ran to ARK 16 for -6 yards. Tackle by 53-Jimmie Gulley.</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>ARK 16</t>
   </si>
   <si>
     <t>2-16-ARK 16 (11:56) 7-Charles Perez pass complete to 81-Matthew Matthew to ARK 4 for 12 yards. Tackle by 42-James Lopez. 81-Matthew Matthew made a great move on the CB.</t>
   </si>
   <si>
-    <t>#83 Matthew Matthew - WR</t>
+    <t>#15 Matthew Matthew - WR</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>ARK 4</t>
   </si>
   <si>
     <t>3-4-ARK 4 (11:16) 33-David Walker ran for 4 yards. TOUCHDOWN! ARK 10 WAS 13</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>(11:13) Extra point GOOD by 1-James Lee. ARK 10 WAS 14</t>
   </si>
   <si>
     <t>(11:13) 1-James Lee kicks 75 yards from WAS 35 to ARK -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>1-10-ARK 25 (11:13) 9-Joseph Harris pass complete to 1-Willie Durazo to ARK 48 for 23 yards. Tackle by 47-Raymond Trott.</t>
   </si>