--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -422,51 +422,51 @@
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-10-TEX 25 (14:58) 4-Norman Meyer pass Pass knocked down by 54-Eugene Burchfield. incomplete, intended for 26-Willie Bell.</t>
   </si>
   <si>
     <t>#82 Larry Ayers - TE</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-10-TEX 25 (14:54) 4-Norman Meyer pass Pass knocked down by 53-Douglas Cain. incomplete, intended for 84-Lorenzo Hardy. Pressure by 99-Joe Martin.</t>
   </si>
   <si>
     <t>#37 Darnell Grayson - RB</t>
   </si>
   <si>
-    <t>#19 Matthew Hoyt - WR</t>
+    <t>#10 Matthew Hoyt - WR</t>
   </si>
   <si>
     <t>#16 Jerome Hooper - WR</t>
   </si>
   <si>
     <t>#90 Douglas Cain - LDE</t>
   </si>
   <si>
     <t>#27 Anthony Stock - CB</t>
   </si>
   <si>
     <t>#26 Benjamin Whitener - CB</t>
   </si>
   <si>
     <t>#45 John Barden - CB</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>13:55</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>3-18-WAS 22 (13:56) 7-Charles Perez pass complete to 46-William Fredrickson to WAS 30 for 8 yards. 46-William Fredrickson FUMBLES (42-Raymon Whitehurst) recovered by WAS-46-William Fredrickson at WAS 31. Tackle by 42-Raymon Whitehurst. 93-William Capone got away with a hold on that play.</t>
   </si>
   <si>
     <t>#61 Bennie Shaffer - LT</t>
   </si>
   <si>
     <t>13:17</t>
   </si>
   <si>
     <t>WAS 31</t>
   </si>
   <si>
     <t>4-8-WAS 31 (13:16) 9-Bradley Maxwell punts 47 yards to TEX 22. Fair Catch by 26-Willie Bell.</t>
   </si>
   <si>
     <t>#9 Bradley Maxwell - P</t>
   </si>
   <si>
-    <t>#61 Jeff Shea - C</t>
+    <t>#64 Jeff Shea - C</t>
   </si>
   <si>
     <t>#63 Brian Johnson - LT</t>
   </si>
   <si>
     <t>#79 Charles Ryman - LT</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>TEX 22</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-TEX 22 (13:09) 26-Willie Bell ran to TEX 24 for 3 yards. Tackle by 54-Eugene Burchfield.</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>TEX 24</t>
   </si>