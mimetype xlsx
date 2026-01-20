--- v1 (2025-11-21)
+++ v2 (2026-01-20)
@@ -368,51 +368,51 @@
   <si>
     <t>#19 David Carreon - WR</t>
   </si>
   <si>
     <t>#58 John Brosnan - LT</t>
   </si>
   <si>
     <t>#65 Agustin Richard - LG</t>
   </si>
   <si>
     <t>#67 Michael Cyr - C</t>
   </si>
   <si>
     <t>#76 Scott Comer - RG</t>
   </si>
   <si>
     <t>#61 Norman Kerr - RT</t>
   </si>
   <si>
     <t>#79 James Miller - LDE</t>
   </si>
   <si>
     <t>#95 Robert Ray - DT</t>
   </si>
   <si>
-    <t>#98 Tyler Beck - DT</t>
+    <t>#63 Tyler Beck - DT</t>
   </si>
   <si>
     <t>#97 Joe Martin - RDE</t>
   </si>
   <si>
     <t>#54 Eugene Burchfield - SLB</t>
   </si>
   <si>
     <t>#42 Joseph Hatton - RDE</t>
   </si>
   <si>
     <t>#50 Lester Perez - WLB</t>
   </si>
   <si>
     <t>#24 Kurt Johnson - CB</t>
   </si>
   <si>
     <t>#21 William Fletcher - CB</t>
   </si>
   <si>
     <t>#41 Otto Pfeffer - SS</t>
   </si>
   <si>
     <t>#47 Raymond Trott - SS</t>
   </si>
@@ -458,60 +458,60 @@
   <si>
     <t>#26 Benjamin Whitener - CB</t>
   </si>
   <si>
     <t>#45 John Barden - CB</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-TEX 25 (14:50) 7-Brian McClelland punts 45 yards to WAS 30. Fair Catch by 81-Matthew Matthew.</t>
   </si>
   <si>
     <t>#7 Brian McClelland - P</t>
   </si>
   <si>
     <t>#83 Matthew Matthew - WR</t>
   </si>
   <si>
-    <t>#56 James Radel - WLB</t>
+    <t>#54 James Radel - WLB</t>
   </si>
   <si>
     <t>#93 Michael Trujillo - LDE</t>
   </si>
   <si>
     <t>#99 Roy Chalmers - RDE</t>
   </si>
   <si>
-    <t>#46 Steven Cooper - RB</t>
+    <t>#38 Steven Cooper - RB</t>
   </si>
   <si>
     <t>#56 Lester Mahaffey - DT</t>
   </si>
   <si>
     <t>14:43</t>
   </si>
   <si>
     <t>WAS 30</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>1-10-WAS 30 (14:44) 7-Charles Perez pass complete to 83-Ronald Ellis to TEX 47 for 24 yards. Pushed out of bounds by 33-Bert McNew. PENALTY - Holding (WAS 62-Warren Nelson)</t>
   </si>
   <si>
     <t>#13 Charles Perez - QB</t>
   </si>
   <si>
     <t>#33 David Walker - RB</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#40 Willie Brown - CB</t>
   </si>
   <si>
     <t>14:37</t>
   </si>
   <si>
     <t>WAS 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-20-WAS 20 (14:38) 33-David Walker ran to WAS 31 for 11 yards. Tackle by 35-Armando Hughes. PENALTY - Holding (WAS 62-Warren Nelson)</t>
   </si>
   <si>
     <t>#8 George Lee - RB</t>
   </si>
   <si>
     <t>#35 Armando Hughes - SS</t>
   </si>
   <si>
-    <t>#34 Donald Phillips - WLB</t>
+    <t>#2 Donald Phillips - WLB</t>
   </si>
   <si>
     <t>14:34</t>
   </si>
   <si>
     <t>WAS 15</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-25-WAS 15 (14:35) 29-Jose Shaw ran to WAS 22 for 7 yards. Tackle by 34-Donald Phillips.</t>
   </si>
   <si>
     <t>#43 Jose Shaw - FB</t>
   </si>
   <si>
     <t>#42 Kyle Levy - FB</t>
   </si>
   <si>
     <t>#26 Giuseppe Price - RB</t>
   </si>