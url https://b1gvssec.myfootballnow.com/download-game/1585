--- v2 (2026-01-20)
+++ v3 (2026-03-13)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-TEX 25 (15:00) 4-Norman Meyer pass incomplete, intended for 15-Mark Presley.</t>
   </si>
   <si>
     <t>#4 Norman Meyer - QB</t>
   </si>
   <si>
     <t>#84 Lorenzo Hardy - TE</t>
   </si>
   <si>
     <t>#15 Mark Presley - WR</t>
   </si>
   <si>
     <t>#80 Alexis Peraza - WR</t>
   </si>
   <si>
     <t>#19 David Carreon - WR</t>
   </si>
   <si>
     <t>#58 John Brosnan - LT</t>
   </si>
   <si>
-    <t>#65 Agustin Richard - LG</t>
+    <t>#78 Agustin Richard - LG</t>
   </si>
   <si>
     <t>#67 Michael Cyr - C</t>
   </si>
   <si>
     <t>#76 Scott Comer - RG</t>
   </si>
   <si>
     <t>#61 Norman Kerr - RT</t>
   </si>
   <si>
     <t>#79 James Miller - LDE</t>
   </si>
   <si>
     <t>#95 Robert Ray - DT</t>
   </si>
   <si>
     <t>#63 Tyler Beck - DT</t>
   </si>
   <si>
     <t>#97 Joe Martin - RDE</t>
   </si>
   <si>
     <t>#54 Eugene Burchfield - SLB</t>
   </si>
@@ -404,102 +404,102 @@
   <si>
     <t>#50 Lester Perez - WLB</t>
   </si>
   <si>
     <t>#24 Kurt Johnson - CB</t>
   </si>
   <si>
     <t>#21 William Fletcher - CB</t>
   </si>
   <si>
     <t>#41 Otto Pfeffer - SS</t>
   </si>
   <si>
     <t>#47 Raymond Trott - SS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-10-TEX 25 (14:58) 4-Norman Meyer pass Pass knocked down by 54-Eugene Burchfield. incomplete, intended for 26-Willie Bell.</t>
   </si>
   <si>
-    <t>#82 Larry Ayers - TE</t>
+    <t>#43 Larry Ayers - FB</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-10-TEX 25 (14:54) 4-Norman Meyer pass Pass knocked down by 53-Douglas Cain. incomplete, intended for 84-Lorenzo Hardy. Pressure by 99-Joe Martin.</t>
   </si>
   <si>
     <t>#37 Darnell Grayson - RB</t>
   </si>
   <si>
     <t>#10 Matthew Hoyt - WR</t>
   </si>
   <si>
     <t>#16 Jerome Hooper - WR</t>
   </si>
   <si>
     <t>#90 Douglas Cain - LDE</t>
   </si>
   <si>
     <t>#27 Anthony Stock - CB</t>
   </si>
   <si>
     <t>#26 Benjamin Whitener - CB</t>
   </si>
   <si>
     <t>#45 John Barden - CB</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-TEX 25 (14:50) 7-Brian McClelland punts 45 yards to WAS 30. Fair Catch by 81-Matthew Matthew.</t>
   </si>
   <si>
     <t>#7 Brian McClelland - P</t>
   </si>
   <si>
-    <t>#83 Matthew Matthew - WR</t>
+    <t>#15 Matthew Matthew - WR</t>
   </si>
   <si>
     <t>#54 James Radel - WLB</t>
   </si>
   <si>
     <t>#93 Michael Trujillo - LDE</t>
   </si>
   <si>
     <t>#99 Roy Chalmers - RDE</t>
   </si>
   <si>
     <t>#38 Steven Cooper - RB</t>
   </si>
   <si>
     <t>#56 Lester Mahaffey - DT</t>
   </si>
   <si>
     <t>14:43</t>
   </si>
   <si>
     <t>WAS 30</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
@@ -1112,51 +1112,51 @@
   <si>
     <t>1-10-TEX 30 (8:02) 4-Norman Meyer pass complete to 80-Alexis Peraza to TEX 32 for 2 yards. Tackle by 24-Kurt Johnson.</t>
   </si>
   <si>
     <t>#60 Travis Smith - RG</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>2-8-TEX 32 (7:17) 37-Darnell Grayson ran to TEX 33 for 1 yards. Tackle by 98-Tyler Beck.</t>
   </si>
   <si>
     <t>6:39</t>
   </si>
   <si>
     <t>3-7-TEX 33 (6:38) 4-Norman Meyer pass incomplete, intended for 19-Matthew Hoyt.</t>
   </si>
   <si>
     <t>4-7-TEX 33 (6:37) 7-Brian McClelland punts 46 yards to WAS 21. Fair Catch by 81-Matthew Matthew. WAS 21-William Fletcher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#56 Robert Dills - C</t>
+    <t>#66 Robert Dills - C</t>
   </si>
   <si>
     <t>6:29</t>
   </si>
   <si>
     <t>1-10-WAS 21 (6:30) 7-Charles Perez pass complete to 83-Ronald Ellis to WAS 31 for 10 yards. Tackle by 56-Claude Thompson.</t>
   </si>
   <si>
     <t>1-10-WAS 31 (5:51) 7-Charles Perez pass complete to 83-Ronald Ellis to WAS 36 for 5 yards. Tackle by 94-Joel Johnson. 83-Ronald Ellis did some fancy footwork there.</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>WAS 36</t>
   </si>
   <si>
     <t>2-5-WAS 36 (5:14) 29-Jose Shaw ran to WAS 40 for 4 yards. Tackle by 27-Marvin Jones.</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>3-1-WAS 40 (4:33) 23-Thomas Stetler ran to TEX 48 for 12 yards. Tackle by 34-Donald Phillips.</t>
   </si>