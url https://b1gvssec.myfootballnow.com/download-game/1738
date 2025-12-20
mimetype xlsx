--- v0 (2025-10-18)
+++ v1 (2025-12-20)
@@ -350,51 +350,51 @@
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIZ 25 (15:00) 7-Michael Shannon pass Pass knocked down by 1-William Mitchell. incomplete, intended for 4-Jesse Clark.</t>
   </si>
   <si>
     <t>#7 Michael Shannon - QB</t>
   </si>
   <si>
     <t>#31 Edwin Linville - RB</t>
   </si>
   <si>
     <t>#81 Frederick Willis - TE</t>
   </si>
   <si>
     <t>#14 Joel Blake - WR</t>
   </si>
   <si>
     <t>#4 Jesse Clark - WR</t>
   </si>
   <si>
     <t>#18 Luther Butt - WR</t>
   </si>
   <si>
-    <t>#74 James Kovac - C</t>
+    <t>#76 James Kovac - C</t>
   </si>
   <si>
     <t>#68 Robert Davis - RT</t>
   </si>
   <si>
     <t>#61 Ralph Bernier - C</t>
   </si>
   <si>
     <t>#60 James Cathcart - RG</t>
   </si>
   <si>
     <t>#72 Robin Saucier - RT</t>
   </si>
   <si>
     <t>#94 Richard Legette - LDE</t>
   </si>
   <si>
     <t>#97 Robert Stocker - DT</t>
   </si>
   <si>
     <t>#69 Richard Montoya - DT</t>
   </si>
   <si>
     <t>#92 Rodney Morrison - RDE</t>
   </si>