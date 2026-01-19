--- v1 (2025-12-20)
+++ v2 (2026-01-19)
@@ -359,51 +359,51 @@
   <si>
     <t>#31 Edwin Linville - RB</t>
   </si>
   <si>
     <t>#81 Frederick Willis - TE</t>
   </si>
   <si>
     <t>#14 Joel Blake - WR</t>
   </si>
   <si>
     <t>#4 Jesse Clark - WR</t>
   </si>
   <si>
     <t>#18 Luther Butt - WR</t>
   </si>
   <si>
     <t>#76 James Kovac - C</t>
   </si>
   <si>
     <t>#68 Robert Davis - RT</t>
   </si>
   <si>
     <t>#61 Ralph Bernier - C</t>
   </si>
   <si>
-    <t>#60 James Cathcart - RG</t>
+    <t>#56 James Cathcart - RG</t>
   </si>
   <si>
     <t>#72 Robin Saucier - RT</t>
   </si>
   <si>
     <t>#94 Richard Legette - LDE</t>
   </si>
   <si>
     <t>#97 Robert Stocker - DT</t>
   </si>
   <si>
     <t>#69 Richard Montoya - DT</t>
   </si>
   <si>
     <t>#92 Rodney Morrison - RDE</t>
   </si>
   <si>
     <t>#92 Gary Bell - DT</t>
   </si>
   <si>
     <t>#47 John Felton - CB</t>
   </si>
   <si>
     <t>#44 Gerald King - CB</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>3-1-MIZ 34 (14:12) 7-Michael Shannon pass Pass knocked down by 1-William Mitchell. incomplete, intended for 4-Jesse Clark. Pressure by 94-Richard Legette. 33-James Lucia got away with a hold on that play.</t>
   </si>
   <si>
     <t>#58 Robert Landry - WLB</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-MIZ 34 (14:08) 3-Deandre Brown punts 49 yards to OKL 17.</t>
   </si>
   <si>
     <t>#3 Deandre Brown - P</t>
   </si>
   <si>
     <t>#10 Johnnie Lee - WR</t>
   </si>
   <si>
-    <t>#73 Mike Stanley - RT</t>
+    <t>#62 Mike Stanley - RG</t>
   </si>
   <si>
     <t>#62 Martin Donovan - RDE</t>
   </si>
   <si>
     <t>#91 Justin Sullivan - MLB</t>
   </si>
   <si>
     <t>13:58</t>
   </si>
   <si>
     <t>OKL 17</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OKL 17 (13:59) 2-Christopher Scott pass complete to 19-Roy Mitchell to OKL 24 for 7 yards. Tackle by 58-James French.</t>
   </si>
   <si>
     <t>#4 Christopher Scott - QB</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>#57 Christopher Grosso - C</t>
   </si>
   <si>
     <t>#52 Edward Calabro - RG</t>
   </si>
   <si>
     <t>#74 Keith Brown - RT</t>
   </si>
   <si>
     <t>#60 Patrick Stone - DT</t>
   </si>
   <si>
     <t>#93 Victor Crepeau - RDE</t>
   </si>
   <si>
     <t>#91 George Phipps - SLB</t>
   </si>
   <si>
     <t>#96 James French - LDE</t>
   </si>
   <si>
     <t>#36 Angel Martin - CB</t>
   </si>
   <si>
-    <t>#24 Bruce Durrant - CB</t>
+    <t>#24 Bruce Durrant - FS</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>OKL 24</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-3-OKL 24 (13:22) 2-Christopher Scott pass incomplete, dropped by 19-Roy Mitchell.</t>
   </si>
   <si>
     <t>#87 Derrick Lee - TE</t>
   </si>
   <si>
     <t>#64 Derrick Reed - LDE</t>
   </si>
   <si>
     <t>13:16</t>
   </si>
@@ -659,78 +659,78 @@
   <si>
     <t>#53 Jason Hernandez - LT</t>
   </si>
   <si>
     <t>#68 Martin Bronson - C</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>MIZ 21</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-MIZ 21 (10:29) 31-Edwin Linville ran to MIZ 26 for 5 yards. Tackle by 45-Anthony Rosenberg.</t>
   </si>
   <si>
     <t>#23 Robert Jankowski - FB</t>
   </si>
   <si>
-    <t>#45 Anthony Rosenberg - SLB</t>
+    <t>#96 Anthony Rosenberg - SLB</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>MIZ 26</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-5-MIZ 26 (9:47) 7-Michael Shannon pass Pass knocked down by 47-John Felton. incomplete, intended for 87-Joel Blake. 47-John Felton got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-5-MIZ 26 (9:44) 31-Edwin Linville ran to MIZ 30 for 4 yards. Tackle by 45-Anthony Rosenberg.</t>
   </si>
   <si>
-    <t>#80 William Armstrong - TE</t>
+    <t>#82 William Armstrong - TE</t>
   </si>
   <si>
     <t>#96 Jason Magee - LDE</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>MIZ 30</t>
   </si>
   <si>
     <t>4-1-MIZ 30 (9:07) 3-Deandre Brown punts 47 yards to OKL 23. Fair Catch by 11-Johnnie Lee.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>OKL 23</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>