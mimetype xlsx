--- v2 (2026-01-19)
+++ v3 (2026-03-21)
@@ -377,51 +377,51 @@
   <si>
     <t>#68 Robert Davis - RT</t>
   </si>
   <si>
     <t>#61 Ralph Bernier - C</t>
   </si>
   <si>
     <t>#56 James Cathcart - RG</t>
   </si>
   <si>
     <t>#72 Robin Saucier - RT</t>
   </si>
   <si>
     <t>#94 Richard Legette - LDE</t>
   </si>
   <si>
     <t>#97 Robert Stocker - DT</t>
   </si>
   <si>
     <t>#69 Richard Montoya - DT</t>
   </si>
   <si>
     <t>#92 Rodney Morrison - RDE</t>
   </si>
   <si>
-    <t>#92 Gary Bell - DT</t>
+    <t>#55 Gary Bell - DT</t>
   </si>
   <si>
     <t>#47 John Felton - CB</t>
   </si>
   <si>
     <t>#44 Gerald King - CB</t>
   </si>
   <si>
     <t>#26 Gregory Abrams - CB</t>
   </si>
   <si>
     <t>#1 William Mitchell - CB</t>
   </si>
   <si>
     <t>#25 James Lucia - SS</t>
   </si>
   <si>
     <t>#41 Michael Neal - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>OKL 17</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OKL 17 (13:59) 2-Christopher Scott pass complete to 19-Roy Mitchell to OKL 24 for 7 yards. Tackle by 58-James French.</t>
   </si>
   <si>
     <t>#4 Christopher Scott - QB</t>
   </si>
   <si>
     <t>#35 James Amis - RB</t>
   </si>
   <si>
     <t>#25 Charles Keen - FB</t>
   </si>
   <si>
     <t>#86 Donald Durham - TE</t>
   </si>
   <si>
-    <t>#19 Roy Mitchell - WR</t>
+    <t>#11 Roy Mitchell - WR</t>
   </si>
   <si>
     <t>#88 Elijah Sanchez - WR</t>
   </si>
   <si>
     <t>#58 Chester Davis - LT</t>
   </si>
   <si>
     <t>#70 Brian Piccirillo - LG</t>
   </si>
   <si>
     <t>#57 Christopher Grosso - C</t>
   </si>
   <si>
     <t>#52 Edward Calabro - RG</t>
   </si>
   <si>
     <t>#74 Keith Brown - RT</t>
   </si>
   <si>
     <t>#60 Patrick Stone - DT</t>
   </si>
   <si>
     <t>#93 Victor Crepeau - RDE</t>
   </si>
@@ -1184,51 +1184,51 @@
   <si>
     <t>3-2-OKL 20 (8:15) 25-Charles Keen ran to OKL 21 for 1 yards. Tackle by 64-Derrick Reed.</t>
   </si>
   <si>
     <t>7:41</t>
   </si>
   <si>
     <t>4-1-OKL 21 (7:40) 12-Paul Grimmett punts 50 yards to MIZ 29. Fair Catch by 4-Jesse Clark.</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>MIZ 29</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MIZ 29 (7:33) 31-Edwin Linville ran to MIZ 32 for 3 yards. Tackle by 53-Gary Bell.</t>
   </si>
   <si>
-    <t>#23 James Drum - FS</t>
+    <t>#39 James Drum - FS</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>MIZ 32</t>
   </si>
   <si>
     <t>2-7-MIZ 32 (6:49) 7-Michael Shannon pass Pass knocked down by 47-John Felton. incomplete, intended for 87-Joel Blake.</t>
   </si>
   <si>
     <t>6:45</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>3-7-MIZ 32 (6:46) 31-Edwin Linville ran to MIZ 43 for 11 yards. Tackle by 33-James Lucia.</t>
   </si>
   <si>
     <t>6:01</t>
   </si>
   <si>
     <t>MIZ 43</t>
   </si>