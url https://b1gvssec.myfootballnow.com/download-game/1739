--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -356,51 +356,51 @@
   <si>
     <t>#16 Brian Tharp - QB</t>
   </si>
   <si>
     <t>#45 Merle Donald - RB</t>
   </si>
   <si>
     <t>#80 Bryan Howard - TE</t>
   </si>
   <si>
     <t>#83 Len Turner - TE</t>
   </si>
   <si>
     <t>#18 Jason Clark - WR</t>
   </si>
   <si>
     <t>#88 Fred Jolicoeur - WR</t>
   </si>
   <si>
     <t>#70 Robert Desantiago - LT</t>
   </si>
   <si>
     <t>#72 Charlie Jackson - LG</t>
   </si>
   <si>
-    <t>#60 Lewis Dix - C</t>
+    <t>#60 Lewis Dix - LG</t>
   </si>
   <si>
     <t>#79 Timothy Perales - RG</t>
   </si>
   <si>
     <t>#56 Bobby King - RT</t>
   </si>
   <si>
     <t>#65 Richard Lauer - LDE</t>
   </si>
   <si>
     <t>#94 Thomas Martinez - DT</t>
   </si>
   <si>
     <t>#74 Edmund Grossman - DT</t>
   </si>
   <si>
     <t>#52 Joshua Moore - RDE</t>
   </si>
   <si>
     <t>#93 Douglas Bates - SLB</t>
   </si>
   <si>
     <t>#51 Kevin Danford - MLB</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>2-8-TAM 27 (14:20) 16-Brian Tharp pass complete to 49-Ashley Wells to TAM 29 for 1 yards. Tackle by 93-Douglas Bates.</t>
   </si>
   <si>
     <t>#49 Ashley Wells - FB</t>
   </si>
   <si>
     <t>#53 Bryan Cooper - MLB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>TAM 29</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-6-TAM 29 (13:36) 16-Brian Tharp pass complete to 18-Jason Clark to TAM 29 for a short loss. Tackle by 39-Richard Blackwelder.</t>
   </si>
   <si>
-    <t>#21 Jeffrey Lindgren - CB</t>
+    <t>#29 Jeffrey Lindgren - CB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-TAM 29 (12:54) 15-Devin Graves punts 46 yards to KEN 25. Fair Catch by 10-Joseph Bennett.</t>
   </si>
   <si>
     <t>#15 Devin Graves - P</t>
   </si>
   <si>
     <t>#11 Joseph Bennett - WR</t>
   </si>
   <si>
     <t>#67 Robert Zorn - LDE</t>
   </si>
   <si>
     <t>#66 Mark Poston - LG</t>
   </si>
@@ -494,81 +494,81 @@
   <si>
     <t>KEN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-KEN 25 (12:47) 26-Chad Johnson ran to KEN 30 for 5 yards. Tackle by 61-Bobby Flint.</t>
   </si>
   <si>
     <t>#2 David Henson - QB</t>
   </si>
   <si>
     <t>#26 Chad Johnson - RB</t>
   </si>
   <si>
     <t>#46 Christopher Hollis - FB</t>
   </si>
   <si>
     <t>#46 Jack Price - FB</t>
   </si>
   <si>
-    <t>#80 Terry Saucedo - TE</t>
+    <t>#83 Terry Saucedo - TE</t>
   </si>
   <si>
     <t>#81 Garland Jefferson - TE</t>
   </si>
   <si>
     <t>#67 David Meeks - LT</t>
   </si>
   <si>
     <t>#59 David Parker - LG</t>
   </si>
   <si>
     <t>#62 Donnie Heim - C</t>
   </si>
   <si>
     <t>#75 James Cassidy - LT</t>
   </si>
   <si>
     <t>#56 Roger Simpson - RT</t>
   </si>
   <si>
     <t>#51 Joseph Minter - LDE</t>
   </si>
   <si>
     <t>#65 Charles Lugo - DT</t>
   </si>
   <si>
     <t>#72 William Smith - RDE</t>
   </si>
   <si>
-    <t>#33 Jeremy Hughes - CB</t>
+    <t>#23 Jeremy Hughes - CB</t>
   </si>
   <si>
     <t>#30 Margarito Rainey - SS</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>KEN 30</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-5-KEN 30 (12:12) 2-David Henson pass complete to 26-Chad Johnson to KEN 35 for 5 yards. Tackle by 68-William Smith.</t>
   </si>
   <si>
     <t>#16 Lee Reid - WR</t>
   </si>
   <si>
     <t>11:32</t>
   </si>