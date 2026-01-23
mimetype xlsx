--- v1 (2025-12-24)
+++ v2 (2026-01-23)
@@ -545,51 +545,51 @@
   <si>
     <t>#72 William Smith - RDE</t>
   </si>
   <si>
     <t>#23 Jeremy Hughes - CB</t>
   </si>
   <si>
     <t>#30 Margarito Rainey - SS</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>KEN 30</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-5-KEN 30 (12:12) 2-David Henson pass complete to 26-Chad Johnson to KEN 35 for 5 yards. Tackle by 68-William Smith.</t>
   </si>
   <si>
-    <t>#16 Lee Reid - WR</t>
+    <t>#89 Lee Reid - WR</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-1-KEN 35 (11:31) 26-Chad Johnson ran to KEN 34 for -1 yards. Tackle by 57-Charles Lugo.</t>
   </si>
   <si>
     <t>#89 Les Deckard - WR</t>
   </si>
   <si>
     <t>#4 Charles Gray - CB</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>KEN 34</t>
   </si>