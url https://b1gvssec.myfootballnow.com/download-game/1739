--- v2 (2026-01-23)
+++ v3 (2026-03-24)
@@ -305,51 +305,51 @@
   <si>
     <t>#83 Matthew Jackson - WR</t>
   </si>
   <si>
     <t>#50 Tony George - SLB</t>
   </si>
   <si>
     <t>#53 Chester Appleton - MLB</t>
   </si>
   <si>
     <t>#96 Bobby Flint - LDE</t>
   </si>
   <si>
     <t>#59 Andrew Finney - MLB</t>
   </si>
   <si>
     <t>#91 Anthony Gray - MLB</t>
   </si>
   <si>
     <t>#29 Ricardo Williams - CB</t>
   </si>
   <si>
     <t>#93 William Chandler - SLB</t>
   </si>
   <si>
-    <t>#77 James Weitzman - DT</t>
+    <t>#54 James Weitzman - DT</t>
   </si>
   <si>
     <t>#45 Michael Rothe - FS</t>
   </si>
   <si>
     <t>#90 Doug Snowden - MLB</t>
   </si>
   <si>
     <t>#9 Johnny Dawe - K</t>
   </si>
   <si>
     <t>TAM</t>
   </si>
   <si>
     <t>TAM 25</t>
   </si>
   <si>
     <t>Singleback Big TE Flat Curl</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-TAM 25 (15:00) 16-Brian Tharp pass complete to 84-Bryan Howard to TAM 27 for 2 yards. Tackle by 1-Jerry Bowman.</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-TAM 20 (10:38) 45-Merle Donald ran to TAM 31 for 11 yards. Tackle by 47-James Rankin.</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>TAM 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-TAM 31 (9:58) 45-Merle Donald ran to TAM 29 for -2 yards. Tackle by 39-Richard Blackwelder.</t>
   </si>
   <si>
     <t>#87 John Noe - TE</t>
   </si>
   <si>
-    <t>#55 Kevin Hsieh - LDE</t>
+    <t>#55 Kevin Hsieh - RDE</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-12-TAM 29 (9:21) 45-Merle Donald ran to TAM 43 for 14 yards. Tackle by 47-James Rankin.</t>
   </si>
   <si>
     <t>8:39</t>
   </si>
   <si>
     <t>TAM 43</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-TAM 43 (8:38) 49-Ashley Wells ran to TAM 47 for 5 yards. Tackle by 28-Joseph Saville.</t>
   </si>
@@ -710,51 +710,51 @@
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>2-5-KEN 25 (6:27) 18-Jason Clark ran to KEN 24 for 2 yards. Tackle by 93-Douglas Bates. KEN 93-Douglas Bates was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#78 Cary Arzola - RT</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>KEN 24</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-3-KEN 24 (5:44) 16-Brian Tharp pass Pass knocked down by 27-Scott Chambers. incomplete, intended for 88-Fred Jolicoeur.</t>
   </si>
   <si>
-    <t>#52 Lester Curtis - WLB</t>
+    <t>#54 Lester Curtis - WLB</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-KEN 24 (5:41) 12-Nicholas Batey 42 yard field goal is GOOD. TAM 3 KEN 0</t>
   </si>
   <si>
     <t>#5 Joe Santos - QB</t>
   </si>
   <si>
     <t>#12 Nicholas Batey - K</t>
   </si>
   <si>
     <t>#99 Gary Cutright - DT</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
@@ -1109,51 +1109,51 @@
   <si>
     <t>#48 John Stringer - RB</t>
   </si>
   <si>
     <t>5:27</t>
   </si>
   <si>
     <t>I Formation Twin WR Hook Ins</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>3-14-TAM 31 (5:26) 2-David Henson pass Pass knocked down by 29-Ricardo Williams. incomplete, intended for 16-Lee Reid.</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>4-14-TAM 31 (5:23) 9-Johnny Dawe 50 yard field goal is GOOD. TAM 3 KEN 3</t>
   </si>
   <si>
     <t>#70 William Morrissey - C</t>
   </si>
   <si>
-    <t>#94 George Perry - DT</t>
+    <t>#78 George Perry - DT</t>
   </si>
   <si>
     <t>5:18</t>
   </si>
   <si>
     <t>(5:19) 9-Johnny Dawe kicks 75 yards from KEN 35 to TAM -10. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-TAM 25 (5:19) 45-Merle Donald ran to TAM 22 for -3 yards. Tackle by 21-Jeffrey Lindgren.</t>
   </si>
   <si>
     <t>4:44</t>
   </si>
   <si>
     <t>TAM 22</t>
   </si>
   <si>
     <t>2-13-TAM 22 (4:43) 45-Merle Donald ran to TAM 35 for 12 yards. Tackle by 27-Scott Chambers.</t>
   </si>