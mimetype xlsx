--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -377,51 +377,51 @@
   <si>
     <t>#61 Corey Butler - C</t>
   </si>
   <si>
     <t>#62 Carl Kinnison - RG</t>
   </si>
   <si>
     <t>#79 James Miller - LDE</t>
   </si>
   <si>
     <t>#90 Kevin Torres - RDE</t>
   </si>
   <si>
     <t>#56 Lester Mahaffey - DT</t>
   </si>
   <si>
     <t>#42 Joseph Hatton - RDE</t>
   </si>
   <si>
     <t>#97 Joe Martin - RDE</t>
   </si>
   <si>
     <t>#41 Otto Pfeffer - SS</t>
   </si>
   <si>
-    <t>#50 Duane Banks - WLB</t>
+    <t>#96 Duane Banks - WLB</t>
   </si>
   <si>
     <t>#54 Eugene Burchfield - SLB</t>
   </si>
   <si>
     <t>#37 Alvin Bower - CB</t>
   </si>
   <si>
     <t>#43 Riley Mead - CB</t>
   </si>
   <si>
     <t>#35 Joshua McCabe - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>LSU 33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
@@ -443,51 +443,51 @@
   <si>
     <t>#50 Lester Perez - WLB</t>
   </si>
   <si>
     <t>#21 William Fletcher - CB</t>
   </si>
   <si>
     <t>#47 Raymond Trott - SS</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>LSU 46</t>
   </si>
   <si>
     <t>Weak I Big HB Counter Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LSU 46 (13:29) 20-Warren Smith ran to WAS 49 for 5 yards. Tackle by 93-Joseph Hatton.</t>
   </si>
   <si>
-    <t>#49 Daniel Belton - SS</t>
+    <t>#30 Daniel Belton - WLB</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>WAS 49</t>
   </si>
   <si>
     <t>2-5-WAS 49 (12:49) 9-Charles Brown pass complete to 23-Trevor Carter to WAS 35 for 14 yards. Tackle by 21-William Fletcher. LSU 64-Carl Kinnison was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-WAS 35 (12:03) 9-Charles Brown pass complete to 14-John Benton to WAS 29 for 6 yards. Tackle by 27-Anthony Stock. Great move by 14-John Benton to get free of his coverage. LSU 77-Raymond Sim was injured on the play. He looks like he should be able to return. WAS 95-Robert Ray was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#80 Bobby Curtis - TE</t>
   </si>
@@ -743,51 +743,51 @@
   <si>
     <t>#34 Richard Young - CB</t>
   </si>
   <si>
     <t>6:04</t>
   </si>
   <si>
     <t>WAS 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-WAS 47 (6:03) 9-Bradley Maxwell punts 58 yards to LSU -5. PENALTY - Offsides (LSU 93-Timothy Hopkins)</t>
   </si>
   <si>
     <t>#9 Bradley Maxwell - P</t>
   </si>
   <si>
     <t>#46 William Fredrickson - TE</t>
   </si>
   <si>
-    <t>#61 Jeff Shea - C</t>
+    <t>#64 Jeff Shea - C</t>
   </si>
   <si>
     <t>#67 Arnold Gilligan - RT</t>
   </si>
   <si>
     <t>#62 Warren Nelson - LG</t>
   </si>
   <si>
     <t>#59 Kelly Hubbard - WLB</t>
   </si>
   <si>
     <t>#93 Timothy Hopkins - LDE</t>
   </si>
   <si>
     <t>5:54</t>
   </si>
   <si>
     <t>LSU 48</t>
   </si>
   <si>
     <t>1-10-LSU 48 (5:55) 81-Matthew Matthew ran to LSU 46 for 2 yards. Tackle by 97-Gary McWhorter. 86-Bennie Shaffer totally missed that block. LSU 96-Willie Bennett was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#67 Juan Neel - RT</t>
   </si>