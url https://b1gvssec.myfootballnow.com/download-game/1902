--- v1 (2025-12-16)
+++ v2 (2026-01-20)
@@ -389,78 +389,78 @@
   <si>
     <t>#56 Lester Mahaffey - DT</t>
   </si>
   <si>
     <t>#42 Joseph Hatton - RDE</t>
   </si>
   <si>
     <t>#97 Joe Martin - RDE</t>
   </si>
   <si>
     <t>#41 Otto Pfeffer - SS</t>
   </si>
   <si>
     <t>#96 Duane Banks - WLB</t>
   </si>
   <si>
     <t>#54 Eugene Burchfield - SLB</t>
   </si>
   <si>
     <t>#37 Alvin Bower - CB</t>
   </si>
   <si>
     <t>#43 Riley Mead - CB</t>
   </si>
   <si>
-    <t>#35 Joshua McCabe - FS</t>
+    <t>#46 Joshua McCabe - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>LSU 33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-LSU 33 (14:12) 11-Patrick Peterson ran to LSU 46 for 13 yards. Tackle by 47-Raymond Trott.</t>
   </si>
   <si>
     <t>#18 Benjamin Minjares - WR</t>
   </si>
   <si>
     <t>#10 Ryan Veal - WR</t>
   </si>
   <si>
     <t>#95 Robert Ray - DT</t>
   </si>
   <si>
-    <t>#98 Tyler Beck - DT</t>
+    <t>#63 Tyler Beck - DT</t>
   </si>
   <si>
     <t>#50 Lester Perez - WLB</t>
   </si>
   <si>
     <t>#21 William Fletcher - CB</t>
   </si>
   <si>
     <t>#47 Raymond Trott - SS</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>LSU 46</t>
   </si>
   <si>
     <t>Weak I Big HB Counter Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LSU 46 (13:29) 20-Warren Smith ran to WAS 49 for 5 yards. Tackle by 93-Joseph Hatton.</t>
   </si>
@@ -551,51 +551,51 @@
   <si>
     <t>1-6-WAS 6 (9:19) 9-Charles Brown pass complete to 11-Patrick Peterson for 6 yards. TOUCHDOWN! LSU 6 WAS 0</t>
   </si>
   <si>
     <t>#26 Benjamin Whitener - CB</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>WAS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:16) Extra point GOOD by 3-Raymond Vega. LSU 7 WAS 0</t>
   </si>
   <si>
     <t>#7 Justin Simon - QB</t>
   </si>
   <si>
-    <t>#12 Raymond Vega - K</t>
+    <t>#3 Raymond Vega - K</t>
   </si>
   <si>
     <t>#64 Edward Lewis - C</t>
   </si>
   <si>
     <t>#28 Frank Hopkins - CB</t>
   </si>
   <si>
     <t>LSU 35</t>
   </si>
   <si>
     <t>(9:16) 3-Raymond Vega kicks 70 yards from LSU 35 to WAS -5. Touchback.</t>
   </si>
   <si>
     <t>#33 David Walker - RB</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>#65 Steve  Sweet - RG</t>
   </si>
   <si>
     <t>#62 Richard Peart - LT</t>
   </si>
   <si>
     <t>#90 Douglas Cain - LDE</t>
   </si>
   <si>
     <t>#99 Chad Cooke - DT</t>
   </si>
   <si>
     <t>#97 Gary McWhorter - DT</t>
   </si>
   <si>
     <t>#91 Matthew Butler - LDE</t>
   </si>
   <si>
     <t>#57 George Rodriguez - WLB</t>
   </si>
   <si>
     <t>#51 Allan Smart - DT</t>
   </si>
   <si>
-    <t>#56 James Radel - WLB</t>
+    <t>#54 James Radel - WLB</t>
   </si>
   <si>
     <t>#39 Lance Dewey - CB</t>
   </si>
   <si>
     <t>#46 Michale Norman - CB</t>
   </si>
   <si>
     <t>#49 Charles Fenton - SS</t>
   </si>
   <si>
     <t>#40 Gregory Jacques - FS</t>
   </si>
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>WAS 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>