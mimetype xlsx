--- v2 (2026-01-20)
+++ v3 (2026-03-13)
@@ -584,72 +584,72 @@
   <si>
     <t>LSU 35</t>
   </si>
   <si>
     <t>(9:16) 3-Raymond Vega kicks 70 yards from LSU 35 to WAS -5. Touchback.</t>
   </si>
   <si>
     <t>#33 David Walker - RB</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-WAS 25 (9:16) 81-Matthew Matthew ran to WAS 34 for 9 yards. Tackle by 33-Michale Norman.</t>
   </si>
   <si>
     <t>#13 Charles Perez - QB</t>
   </si>
   <si>
-    <t>#83 Matthew Matthew - WR</t>
+    <t>#15 Matthew Matthew - WR</t>
   </si>
   <si>
     <t>#43 Jose Shaw - FB</t>
   </si>
   <si>
     <t>#42 Kyle Levy - FB</t>
   </si>
   <si>
     <t>#61 Bennie Shaffer - LT</t>
   </si>
   <si>
     <t>#15 Armando Acevedo - WR</t>
   </si>
   <si>
     <t>#79 Charles Ryman - LT</t>
   </si>
   <si>
     <t>#60 Harry Key - LG</t>
   </si>
   <si>
-    <t>#65 Steve  Sweet - RG</t>
+    <t>#53 Steve  Sweet - RG</t>
   </si>
   <si>
     <t>#62 Richard Peart - LT</t>
   </si>
   <si>
     <t>#90 Douglas Cain - LDE</t>
   </si>
   <si>
     <t>#99 Chad Cooke - DT</t>
   </si>
   <si>
     <t>#97 Gary McWhorter - DT</t>
   </si>
   <si>
     <t>#91 Matthew Butler - LDE</t>
   </si>
   <si>
     <t>#57 George Rodriguez - WLB</t>
   </si>
   <si>
     <t>#51 Allan Smart - DT</t>
   </si>
   <si>
     <t>#54 James Radel - WLB</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>#41 Ronald Ellis - FB</t>
   </si>
   <si>
     <t>#51 Jose Mikel - WLB</t>
   </si>
   <si>
     <t>#45 John Barden - CB</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>WAS 37</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 37 (7:55) 33-David Walker ran to WAS 44 for 7 yards. Tackle by 40-Gregory Jacques.</t>
   </si>
   <si>
-    <t>#88 Fred Simonds - WR</t>
+    <t>#81 Fred Simonds - WR</t>
   </si>
   <si>
     <t>#26 Giuseppe Price - RB</t>
   </si>
   <si>
     <t>#73 Arthur Williams - RDE</t>
   </si>
   <si>
     <t>#34 Wilfred Schaefer - CB</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>WAS 44</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-3-WAS 44 (7:21) 81-Matthew Matthew ran to WAS 46 for 2 yards. Tackle by 49-Charles Fenton.</t>
   </si>
@@ -773,51 +773,51 @@
   <si>
     <t>#62 Warren Nelson - LG</t>
   </si>
   <si>
     <t>#59 Kelly Hubbard - WLB</t>
   </si>
   <si>
     <t>#93 Timothy Hopkins - LDE</t>
   </si>
   <si>
     <t>5:54</t>
   </si>
   <si>
     <t>LSU 48</t>
   </si>
   <si>
     <t>1-10-LSU 48 (5:55) 81-Matthew Matthew ran to LSU 46 for 2 yards. Tackle by 97-Gary McWhorter. 86-Bennie Shaffer totally missed that block. LSU 96-Willie Bennett was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#67 Juan Neel - RT</t>
   </si>
   <si>
     <t>#76 Henry Clark - LT</t>
   </si>
   <si>
-    <t>#75 Wes Gomez - LT</t>
+    <t>#68 Wes Gomez - LG</t>
   </si>
   <si>
     <t>#70 Willie Bennett - DT</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>2-8-LSU 46 (5:10) 7-Charles Perez pass complete to 88-Fred Simonds to LSU 37 for 10 yards. Tackle by 33-Michale Norman.</t>
   </si>
   <si>
     <t>4:29</t>
   </si>
   <si>
     <t>LSU 37</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-LSU 37 (4:28) 33-David Walker ran to LSU 37 for -1 yards. Tackle by 92-Douglas Cain.</t>
   </si>