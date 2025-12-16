--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -611,51 +611,51 @@
   <si>
     <t>#80 Alexis Peraza - WR</t>
   </si>
   <si>
     <t>#19 David Carreon - WR</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>TEX 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>3-11-TEX 25 (12:48) 4-Norman Meyer pass Pass knocked down by 2-Silas Warner. incomplete, intended for 19-Matthew Hoyt.</t>
   </si>
   <si>
     <t>#37 Darnell Grayson - RB</t>
   </si>
   <si>
-    <t>#19 Matthew Hoyt - WR</t>
+    <t>#10 Matthew Hoyt - WR</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>4-11-TEX 25 (12:45) 7-Brian McClelland punts 49 yards to IND 26. Fair Catch by 20-John Grey.</t>
   </si>
   <si>
     <t>#7 Brian McClelland - P</t>
   </si>
   <si>
     <t>#84 Lorenzo Hardy - TE</t>
   </si>
   <si>
     <t>#51 Paul Juarez - LG</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>IND 26</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -1805,51 +1805,51 @@
   <si>
     <t>3-3-TEX 28 (3:48) 4-Norman Meyer pass complete to 16-Jerome Hooper to TEX 33 for 5 yards. Nice job by 16-Jerome Hooper on that route to lose his coverage. TEX 78-John Brosnan was injured on the play. TEX 65-Agustin Richard was injured on the play.</t>
   </si>
   <si>
     <t>3:43</t>
   </si>
   <si>
     <t>TEX 33</t>
   </si>
   <si>
     <t>1-10-TEX 33 (3:44) 4-Norman Meyer pass complete to 46-Steven Cooper to TEX 38 for 6 yards. Tackle by 20-John Grey. 46-Steven Cooper breaks down the CB.</t>
   </si>
   <si>
     <t>3:23</t>
   </si>
   <si>
     <t>2-4-TEX 38 (3:22) 4-Norman Meyer pass complete to 84-Lorenzo Hardy to TEX 48 for 9 yards. Tackle by 65-Dale Brown. 84-Lorenzo Hardy breaks down the CB.</t>
   </si>
   <si>
     <t>TEX 48</t>
   </si>
   <si>
     <t>1-10-TEX 48 (3:00) 4-Norman Meyer pass complete to 84-Lorenzo Hardy to IND 29 for 23 yards. Tackle by 90-Christopher Gooding.</t>
   </si>
   <si>
-    <t>#32 David Taylor - CB</t>
+    <t>#45 David Taylor - CB</t>
   </si>
   <si>
     <t>2:38</t>
   </si>
   <si>
     <t>IND 29</t>
   </si>
   <si>
     <t>1-10-IND 29 (2:37) 4-Norman Meyer pass complete to 16-Jerome Hooper to IND 22 for 7 yards. Tackle by 32-David Taylor. 16-Jerome Hooper did some fancy footwork there.</t>
   </si>
   <si>
     <t>2:13</t>
   </si>
   <si>
     <t>2-3-IND 22 (2:12) 4-Norman Meyer pass complete to 19-Matthew Hoyt to IND 13 for 9 yards. Tackle by 37-Benjamin Gish. TEX 80-Alexis Peraza was injured on the play.</t>
   </si>
   <si>
     <t>IND 13</t>
   </si>
   <si>
     <t>1-10-IND 13 (2:00) 4-Norman Meyer ran to IND 4 for 9 yards. Tackle by 70-Richard Olson.</t>
   </si>
   <si>
     <t>1:55</t>
   </si>