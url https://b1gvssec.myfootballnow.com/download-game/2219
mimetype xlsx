--- v1 (2025-12-16)
+++ v2 (2026-01-20)
@@ -308,51 +308,51 @@
   <si>
     <t>#59 Jerome Martucci - RDE</t>
   </si>
   <si>
     <t>#65 Dale Brown - WLB</t>
   </si>
   <si>
     <t>#91 Anthony Gray - MLB</t>
   </si>
   <si>
     <t>#96 Michael Evans - MLB</t>
   </si>
   <si>
     <t>#2 Silas Warner - FS</t>
   </si>
   <si>
     <t>#70 Richard Olson - RDE</t>
   </si>
   <si>
     <t>#90 Christopher Gooding - DT</t>
   </si>
   <si>
     <t>#33 Terry Belk - CB</t>
   </si>
   <si>
-    <t>#37 Benjamin Gish - FS</t>
+    <t>#38 Benjamin Gish - FS</t>
   </si>
   <si>
     <t>#99 Stanley Vega - SLB</t>
   </si>
   <si>
     <t>#10 Richard Brown - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 17-Jon McCrary sacked at IND 18 for -7 yards (91-Micheal Miller). Sack allowed by 56-Lance Cox. TEX 66-Berry Curtis was injured on the play. He looks like he should be able to return. PENALTY - Holding (IND 89-Chad Senter) (Declined)</t>
   </si>
   <si>
     <t>#17 Jon McCrary - QB</t>
   </si>
@@ -449,144 +449,144 @@
   <si>
     <t>#33 Bert McNew - FS</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>IND 24</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-IND 24 (14:55) 17-Jon McCrary pass complete to 12-Dwayne Mink to IND 30 for 6 yards. Tackle by 29-Joshua Lockwood. Great move by 12-Dwayne Mink to get free of his coverage.</t>
   </si>
   <si>
     <t>#64 Mike Espiritu - DT</t>
   </si>
   <si>
     <t>#66 Odis Holmes - RDE</t>
   </si>
   <si>
-    <t>#53 Aaron Wright - DT</t>
+    <t>#53 Aaron Wright - RDE</t>
   </si>
   <si>
     <t>#29 Joshua Lockwood - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>IND 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-4-IND 30 (14:21) 26-Darren Wade ran to IND 28 for -2 yards. Tackle by 56-Claude Thompson.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>IND 28</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-6-IND 28 (13:38) 17-Jon McCrary pass incomplete, dropped by 12-Dwayne Mink.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-IND 28 (13:35) 19-Robert Odom punts 45 yards to TEX 26. Fair Catch by 46-Steven Cooper.</t>
   </si>
   <si>
     <t>#19 Robert Odom - P</t>
   </si>
   <si>
     <t>#81 Louis Murphy - TE</t>
   </si>
   <si>
-    <t>#46 Steven Cooper - RB</t>
+    <t>#38 Steven Cooper - RB</t>
   </si>
   <si>
     <t>#94 Joel Johnson - SLB</t>
   </si>
   <si>
     <t>#93 William Capone - WLB</t>
   </si>
   <si>
     <t>#71 Winston Lucas - LG</t>
   </si>
   <si>
     <t>#54 Jeffrey Adams - LT</t>
   </si>
   <si>
     <t>#65 William Dutcher - FB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>TEX 26</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TEX 26 (13:28) 4-Norman Meyer pass incomplete, dropped by 46-Steven Cooper. That was a dangerous pass. Pressure by 65-Dale Brown.</t>
   </si>
   <si>
     <t>#4 Norman Meyer - QB</t>
   </si>
   <si>
     <t>#45 Derrick Brooks - RB</t>
   </si>
   <si>
     <t>#82 Larry Ayers - TE</t>
   </si>
   <si>
-    <t>#81 Matthew Butler - TE</t>
+    <t>#83 Matthew Butler - TE</t>
   </si>
   <si>
     <t>#15 Mark Presley - WR</t>
   </si>
   <si>
     <t>#58 John Brosnan - LT</t>
   </si>
   <si>
     <t>#65 Agustin Richard - LG</t>
   </si>
   <si>
     <t>#67 Michael Cyr - C</t>
   </si>
   <si>
     <t>#70 Miles Russo - RG</t>
   </si>
   <si>
     <t>#74 Don Hutchcraft - LT</t>
   </si>
   <si>
     <t>#49 Jerome Weisser - LDE</t>
   </si>
   <si>
     <t>#68 Francisco Cronin - DT</t>
   </si>
@@ -1412,51 +1412,51 @@
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TEX 46 (10:14) 18-Luther Bunger pass incomplete, intended for 47-Tom Rogers.</t>
   </si>
   <si>
     <t>#80 Larry Anderson - TE</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-TEX 46 (10:11) 34-Russell Duffy ran to TEX 45 for 2 yards. Tackle by 35-Armando Hughes. IND 71-Winston Lucas was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#34 Donald Phillips - WLB</t>
+    <t>#2 Donald Phillips - WLB</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>3-8-TEX 45 (9:29) 18-Luther Bunger pass incomplete, dropped by 89-Chad Senter.</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>4-8-TEX 45 (9:26) 19-Robert Odom punts 30 yards to TEX 15. IND 44-William Dutcher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>1-10-TEX 15 (9:17) 4-Norman Meyer pass incomplete, dropped by 81-Matthew Butler. Pressure by 70-Richard Olson.</t>
   </si>
   <si>
     <t>9:12</t>
   </si>