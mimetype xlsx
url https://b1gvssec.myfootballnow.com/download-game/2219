--- v2 (2026-01-20)
+++ v3 (2026-03-13)
@@ -296,66 +296,66 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Richard Brown kicks 75 yards from TEX 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>#20 John Grey - CB</t>
   </si>
   <si>
     <t>#59 Jerome Martucci - RDE</t>
   </si>
   <si>
     <t>#65 Dale Brown - WLB</t>
   </si>
   <si>
     <t>#91 Anthony Gray - MLB</t>
   </si>
   <si>
     <t>#96 Michael Evans - MLB</t>
   </si>
   <si>
-    <t>#2 Silas Warner - FS</t>
-[...2 lines deleted...]
-    <t>#70 Richard Olson - RDE</t>
+    <t>#42 Silas Warner - FS</t>
+  </si>
+  <si>
+    <t>#51 Richard Olson - RDE</t>
   </si>
   <si>
     <t>#90 Christopher Gooding - DT</t>
   </si>
   <si>
     <t>#33 Terry Belk - CB</t>
   </si>
   <si>
     <t>#38 Benjamin Gish - FS</t>
   </si>
   <si>
-    <t>#99 Stanley Vega - SLB</t>
+    <t>#94 Stanley Vega - SLB</t>
   </si>
   <si>
     <t>#10 Richard Brown - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 17-Jon McCrary sacked at IND 18 for -7 yards (91-Micheal Miller). Sack allowed by 56-Lance Cox. TEX 66-Berry Curtis was injured on the play. He looks like he should be able to return. PENALTY - Holding (IND 89-Chad Senter) (Declined)</t>
   </si>
   <si>
     <t>#17 Jon McCrary - QB</t>
   </si>
   <si>
     <t>#26 Darren Wade - RB</t>
   </si>
@@ -509,93 +509,93 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-IND 28 (13:35) 19-Robert Odom punts 45 yards to TEX 26. Fair Catch by 46-Steven Cooper.</t>
   </si>
   <si>
     <t>#19 Robert Odom - P</t>
   </si>
   <si>
     <t>#81 Louis Murphy - TE</t>
   </si>
   <si>
     <t>#38 Steven Cooper - RB</t>
   </si>
   <si>
     <t>#94 Joel Johnson - SLB</t>
   </si>
   <si>
     <t>#93 William Capone - WLB</t>
   </si>
   <si>
-    <t>#71 Winston Lucas - LG</t>
+    <t>#62 Winston Lucas - LG</t>
   </si>
   <si>
     <t>#54 Jeffrey Adams - LT</t>
   </si>
   <si>
     <t>#65 William Dutcher - FB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>TEX 26</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TEX 26 (13:28) 4-Norman Meyer pass incomplete, dropped by 46-Steven Cooper. That was a dangerous pass. Pressure by 65-Dale Brown.</t>
   </si>
   <si>
     <t>#4 Norman Meyer - QB</t>
   </si>
   <si>
     <t>#45 Derrick Brooks - RB</t>
   </si>
   <si>
-    <t>#82 Larry Ayers - TE</t>
+    <t>#43 Larry Ayers - FB</t>
   </si>
   <si>
     <t>#83 Matthew Butler - TE</t>
   </si>
   <si>
     <t>#15 Mark Presley - WR</t>
   </si>
   <si>
     <t>#58 John Brosnan - LT</t>
   </si>
   <si>
-    <t>#65 Agustin Richard - LG</t>
+    <t>#78 Agustin Richard - LG</t>
   </si>
   <si>
     <t>#67 Michael Cyr - C</t>
   </si>
   <si>
     <t>#70 Miles Russo - RG</t>
   </si>
   <si>
     <t>#74 Don Hutchcraft - LT</t>
   </si>
   <si>
     <t>#49 Jerome Weisser - LDE</t>
   </si>
   <si>
     <t>#68 Francisco Cronin - DT</t>
   </si>
   <si>
     <t>#41 Clarence Sanchez - CB</t>
   </si>
   <si>
     <t>#22 William Seidel - FS</t>
   </si>
   <si>
     <t>13:24</t>
   </si>