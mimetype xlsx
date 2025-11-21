--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WAS has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ARK</t>
   </si>
   <si>
     <t>ARK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Kirby Beach kicks 75 yards from ARK 35 to WAS -10. Touchback.</t>
   </si>
   <si>
-    <t>#86 James Anderson - WR</t>
+    <t>#1 James Anderson - RB</t>
   </si>
   <si>
     <t>#99 Roy Chalmers - RDE</t>
   </si>
   <si>
     <t>#35 Joshua McCabe - FS</t>
   </si>
   <si>
     <t>#37 Alvin Bower - CB</t>
   </si>
   <si>
     <t>#20 Glen Yu - CB</t>
   </si>
   <si>
     <t>#45 Michael Rothe - FS</t>
   </si>
   <si>
     <t>#53 James Johnson - MLB</t>
   </si>
   <si>
     <t>#53 Joel Williams - SLB</t>
   </si>
   <si>
     <t>#21 William Fletcher - CB</t>
   </si>
@@ -509,72 +509,72 @@
   <si>
     <t>1-10-ARK 33 (13:13) 4-Derek Glenn pass complete to 85-Dennis Miller to ARK 42 for 9 yards. Tackle by 47-Raymond Trott.</t>
   </si>
   <si>
     <t>#4 Derek Glenn - QB</t>
   </si>
   <si>
     <t>#16 Donald Deleon - WR</t>
   </si>
   <si>
     <t>#84 Mark Garza - WR</t>
   </si>
   <si>
     <t>#11 Austin Tighe - WR</t>
   </si>
   <si>
     <t>#74 Charlie Anderson - LT</t>
   </si>
   <si>
     <t>#68 Michael Scott - LG</t>
   </si>
   <si>
     <t>#73 Gil Harder - C</t>
   </si>
   <si>
-    <t>#76 Richard Thomas - LT</t>
+    <t>#55 Richard Thomas - LG</t>
   </si>
   <si>
     <t>#71 Alex Cates - RT</t>
   </si>
   <si>
     <t>#91 Troy Albertson - LDE</t>
   </si>
   <si>
     <t>#95 Johnny Driggins - DT</t>
   </si>
   <si>
     <t>#51 Philip Edgington - MLB</t>
   </si>
   <si>
     <t>#24 Kurt Johnson - CB</t>
   </si>
   <si>
     <t>#26 Benjamin Whitener - CB</t>
   </si>
   <si>
-    <t>#49 Daniel Belton - SS</t>
+    <t>#30 Daniel Belton - WLB</t>
   </si>
   <si>
     <t>#47 Raymond Trott - SS</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>ARK 42</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-1-ARK 42 (12:39) 33-Cody Wyatt ran to ARK 44 for 1 yards. Tackle by 95-Johnny Driggins.</t>
   </si>
   <si>
     <t>#87 Chase Gaines - TE</t>
   </si>
   <si>
     <t>#88 Brett Butler - TE</t>
   </si>
@@ -2201,88 +2201,88 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="347.915" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">