--- v1 (2025-11-21)
+++ v2 (2025-12-16)
@@ -746,51 +746,51 @@
   <si>
     <t>#57 George Rodriguez - WLB</t>
   </si>
   <si>
     <t>#79 James Miller - LDE</t>
   </si>
   <si>
     <t>7:14</t>
   </si>
   <si>
     <t>(7:15) 3-Kirby Beach kicks 74 yards from ARK 35 to WAS -9. 82-James Anderson to WAS 17 for 27 yards. Tackle by 27-Thomas Richardson.</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>WAS 17</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-WAS 17 (7:10) 33-David Walker ran to WAS 20 for 3 yards. Tackle by 30-James Cromwell.</t>
   </si>
   <si>
-    <t>#98 David Gonzalez - RDE</t>
+    <t>#99 David Gonzalez - LDE</t>
   </si>
   <si>
     <t>#24 Andre Wilde - SS</t>
   </si>
   <si>
     <t>6:32</t>
   </si>
   <si>
     <t>WAS 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-7-WAS 20 (6:31) PENALTY - False Start (WAS 33-David Walker)</t>
   </si>
   <si>
     <t>#44 Allan Miller - FB</t>
   </si>
   <si>
     <t>#96 Gregory Kaiser - LDE</t>
   </si>