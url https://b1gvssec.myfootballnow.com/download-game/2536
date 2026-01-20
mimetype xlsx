--- v2 (2025-12-16)
+++ v3 (2026-01-20)
@@ -281,57 +281,57 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WAS has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ARK</t>
   </si>
   <si>
     <t>ARK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Kirby Beach kicks 75 yards from ARK 35 to WAS -10. Touchback.</t>
   </si>
   <si>
-    <t>#1 James Anderson - RB</t>
+    <t>#32 James Anderson - RB</t>
   </si>
   <si>
     <t>#99 Roy Chalmers - RDE</t>
   </si>
   <si>
-    <t>#35 Joshua McCabe - FS</t>
+    <t>#46 Joshua McCabe - FS</t>
   </si>
   <si>
     <t>#37 Alvin Bower - CB</t>
   </si>
   <si>
     <t>#20 Glen Yu - CB</t>
   </si>
   <si>
     <t>#45 Michael Rothe - FS</t>
   </si>
   <si>
     <t>#53 James Johnson - MLB</t>
   </si>
   <si>
     <t>#53 Joel Williams - SLB</t>
   </si>
   <si>
     <t>#21 William Fletcher - CB</t>
   </si>
   <si>
     <t>#99 Mark Gee - RDE</t>
   </si>
   <si>
     <t>#42 Joseph Hatton - RDE</t>
   </si>
@@ -2201,78 +2201,78 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="347.915" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>