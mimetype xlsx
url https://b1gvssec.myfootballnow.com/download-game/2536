--- v3 (2026-01-20)
+++ v4 (2026-02-21)
@@ -716,51 +716,51 @@
   <si>
     <t>WAS 4</t>
   </si>
   <si>
     <t>3-3-WAS 4 (8:01) 39-David Gable ran to WAS 3 for 1 yards. Tackle by 59-Mark Gee.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>WAS 3</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-WAS 3 (7:17) 3-Kirby Beach 20 yard field goal is GOOD. ARK 3 WAS 0</t>
   </si>
   <si>
     <t>#1 Robert Beacham - QB</t>
   </si>
   <si>
-    <t>#69 Gregory Marten - RG</t>
+    <t>#52 Gregory Marten - RG</t>
   </si>
   <si>
     <t>#66 Avery Warren - LG</t>
   </si>
   <si>
     <t>#57 George Rodriguez - WLB</t>
   </si>
   <si>
     <t>#79 James Miller - LDE</t>
   </si>
   <si>
     <t>7:14</t>
   </si>
   <si>
     <t>(7:15) 3-Kirby Beach kicks 74 yards from ARK 35 to WAS -9. 82-James Anderson to WAS 17 for 27 yards. Tackle by 27-Thomas Richardson.</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>WAS 17</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>