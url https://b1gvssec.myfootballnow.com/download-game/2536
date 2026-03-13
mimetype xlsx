--- v4 (2026-02-21)
+++ v5 (2026-03-13)
@@ -344,81 +344,81 @@
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 33-David Walker ran to WAS 24 for -1 yards. Tackle by 50-Don Hughes.</t>
   </si>
   <si>
     <t>#4 David Lawrence - QB</t>
   </si>
   <si>
     <t>#33 David Walker - RB</t>
   </si>
   <si>
     <t>#42 Kyle Levy - FB</t>
   </si>
   <si>
     <t>#15 Armando Acevedo - WR</t>
   </si>
   <si>
-    <t>#88 Fred Simonds - WR</t>
+    <t>#81 Fred Simonds - WR</t>
   </si>
   <si>
     <t>#11 Charles Elder - WR</t>
   </si>
   <si>
     <t>#61 Bennie Shaffer - LT</t>
   </si>
   <si>
     <t>#66 Michael McGinn - LG</t>
   </si>
   <si>
     <t>#64 Edward Lewis - C</t>
   </si>
   <si>
-    <t>#65 Steve  Sweet - RG</t>
+    <t>#53 Steve  Sweet - RG</t>
   </si>
   <si>
     <t>#59 Charles Langford - RG</t>
   </si>
   <si>
     <t>#91 Fernando Bryant - LDE</t>
   </si>
   <si>
     <t>#92 Anthony Norman - DT</t>
   </si>
   <si>
     <t>#99 Jeffrey Draeger - DT</t>
   </si>
   <si>
-    <t>#94 Mark Hernandez - LDE</t>
+    <t>#70 Mark Hernandez - LDE</t>
   </si>
   <si>
     <t>#53 Jimmie Gulley - SLB</t>
   </si>
   <si>
     <t>#94 George Porter - MLB</t>
   </si>
   <si>
     <t>#55 Don Hughes - WLB</t>
   </si>
   <si>
     <t>#27 Thomas Richardson - CB</t>
   </si>
   <si>
     <t>#32 Donovan Garrett - CB</t>
   </si>
   <si>
     <t>#26 Brian Stanton - CB</t>
   </si>
   <si>
     <t>#21 Daniel Clay - SS</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#47 Raymond Trott - SS</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>ARK 42</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-1-ARK 42 (12:39) 33-Cody Wyatt ran to ARK 44 for 1 yards. Tackle by 95-Johnny Driggins.</t>
   </si>
   <si>
     <t>#87 Chase Gaines - TE</t>
   </si>
   <si>
     <t>#88 Brett Butler - TE</t>
   </si>
   <si>
-    <t>#94 Jordan Pettway - DT</t>
+    <t>#90 Jordan Pettway - DT</t>
   </si>
   <si>
     <t>#54 Eugene Burchfield - SLB</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>ARK 44</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-ARK 44 (11:55) 33-Cody Wyatt ran to ARK 43 for a short loss. Tackle by 59-Mark Gee.</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>ARK 43</t>
   </si>
@@ -767,51 +767,51 @@
   <si>
     <t>1-10-WAS 17 (7:10) 33-David Walker ran to WAS 20 for 3 yards. Tackle by 30-James Cromwell.</t>
   </si>
   <si>
     <t>#99 David Gonzalez - LDE</t>
   </si>
   <si>
     <t>#24 Andre Wilde - SS</t>
   </si>
   <si>
     <t>6:32</t>
   </si>
   <si>
     <t>WAS 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-7-WAS 20 (6:31) PENALTY - False Start (WAS 33-David Walker)</t>
   </si>
   <si>
-    <t>#44 Allan Miller - FB</t>
+    <t>#43 Allan Miller - FB</t>
   </si>
   <si>
     <t>#96 Gregory Kaiser - LDE</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>WAS 15</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-12-WAS 15 (6:31) 4-David Lawrence pass complete to 40-Franklin Cantrel to ARK 43 for 42 yards. Tackle by 29-Brian Stanton.</t>
   </si>
   <si>
     <t>5:47</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>