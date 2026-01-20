--- v0 (2025-12-16)
+++ v1 (2026-01-20)
@@ -698,51 +698,51 @@
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>WAS 1</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-1-WAS 1 (7:58) 33-Cody Wyatt ran to WAS 0 for 1 yards. TOUCHDOWN! WAS 0 ARK 6</t>
   </si>
   <si>
     <t>#69 Gregory Marten - RG</t>
   </si>
   <si>
     <t>#60 Kenneth Jones - RG</t>
   </si>
   <si>
     <t>#55 Richard Thomas - LG</t>
   </si>
   <si>
-    <t>#78 Doug Rodman - RT</t>
+    <t>#78 Doug Rodman - LT</t>
   </si>
   <si>
     <t>#90 Kevin Torres - RDE</t>
   </si>
   <si>
     <t>#57 George Rodriguez - WLB</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>WAS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:56) Extra point GOOD by 3-Kirby Beach. WAS 57-George Rodriguez was injured on the play. He looks like he should be able to return. WAS 0 ARK 7</t>
   </si>
   <si>
     <t>#6 Joseph Harris - QB</t>
   </si>