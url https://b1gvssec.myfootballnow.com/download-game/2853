--- v1 (2026-01-20)
+++ v2 (2026-02-21)
@@ -374,51 +374,51 @@
   <si>
     <t>#85 Stephen Spradlin - WR</t>
   </si>
   <si>
     <t>#75 James Cassidy - LT</t>
   </si>
   <si>
     <t>#64 Jeff Shea - C</t>
   </si>
   <si>
     <t>#64 Edward Lewis - C</t>
   </si>
   <si>
     <t>#65 Steve  Sweet - RG</t>
   </si>
   <si>
     <t>#79 Kevin Coats - RT</t>
   </si>
   <si>
     <t>#91 Fernando Bryant - LDE</t>
   </si>
   <si>
     <t>#92 Anthony Norman - DT</t>
   </si>
   <si>
-    <t>#70 Randy Sprague - DT</t>
+    <t>#97 Randy Sprague - DT</t>
   </si>
   <si>
     <t>#90 Enrique Ackman - RDE</t>
   </si>
   <si>
     <t>#94 George Porter - MLB</t>
   </si>
   <si>
     <t>#32 Donovan Garrett - CB</t>
   </si>
   <si>
     <t>#30 James Cromwell - CB</t>
   </si>
   <si>
     <t>#22 Eddy Phillips - CB</t>
   </si>
   <si>
     <t>#24 Andre Wilde - SS</t>
   </si>
   <si>
     <t>#31 Shawn Simon - CB</t>
   </si>
   <si>
     <t>#25 Charles Johnson - CB</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>1-10-WAS 38 (8:41) 4-Derek Glenn pass complete to 88-Brett Butler to WAS 1 for 37 yards. Tackle by 49-Daniel Belton. Nice job by 88-Brett Butler on that route to lose his coverage. 85-Dennis Miller missed that block completely.</t>
   </si>
   <si>
     <t>#87 Chase Gaines - TE</t>
   </si>
   <si>
     <t>#79 James Miller - LDE</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>WAS 1</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-1-WAS 1 (7:58) 33-Cody Wyatt ran to WAS 0 for 1 yards. TOUCHDOWN! WAS 0 ARK 6</t>
   </si>
   <si>
-    <t>#69 Gregory Marten - RG</t>
+    <t>#52 Gregory Marten - RG</t>
   </si>
   <si>
     <t>#60 Kenneth Jones - RG</t>
   </si>
   <si>
     <t>#55 Richard Thomas - LG</t>
   </si>
   <si>
     <t>#78 Doug Rodman - LT</t>
   </si>
   <si>
     <t>#90 Kevin Torres - RDE</t>
   </si>
   <si>
     <t>#57 George Rodriguez - WLB</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>WAS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>