--- v2 (2026-02-21)
+++ v3 (2026-03-13)
@@ -362,51 +362,51 @@
   <si>
     <t>#23 Max Wilson - RB</t>
   </si>
   <si>
     <t>#32 Duane Rutledge - RB</t>
   </si>
   <si>
     <t>#11 Charles Elder - WR</t>
   </si>
   <si>
     <t>#18 Jason Clark - WR</t>
   </si>
   <si>
     <t>#85 Stephen Spradlin - WR</t>
   </si>
   <si>
     <t>#75 James Cassidy - LT</t>
   </si>
   <si>
     <t>#64 Jeff Shea - C</t>
   </si>
   <si>
     <t>#64 Edward Lewis - C</t>
   </si>
   <si>
-    <t>#65 Steve  Sweet - RG</t>
+    <t>#53 Steve  Sweet - RG</t>
   </si>
   <si>
     <t>#79 Kevin Coats - RT</t>
   </si>
   <si>
     <t>#91 Fernando Bryant - LDE</t>
   </si>
   <si>
     <t>#92 Anthony Norman - DT</t>
   </si>
   <si>
     <t>#97 Randy Sprague - DT</t>
   </si>
   <si>
     <t>#90 Enrique Ackman - RDE</t>
   </si>
   <si>
     <t>#94 George Porter - MLB</t>
   </si>
   <si>
     <t>#32 Donovan Garrett - CB</t>
   </si>
   <si>
     <t>#30 James Cromwell - CB</t>
   </si>
@@ -449,57 +449,57 @@
   <si>
     <t>#51 Leo Brown - WLB</t>
   </si>
   <si>
     <t>#27 Thomas Richardson - CB</t>
   </si>
   <si>
     <t>#21 Daniel Clay - SS</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>WAS 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-WAS 31 (13:32) 85-Eric Lawrence ran to WAS 36 for 5 yards. Tackle by 31-Shawn Simon.</t>
   </si>
   <si>
-    <t>#44 Allan Miller - FB</t>
+    <t>#43 Allan Miller - FB</t>
   </si>
   <si>
     <t>#41 Ronald Ellis - FB</t>
   </si>
   <si>
-    <t>#94 Mark Hernandez - LDE</t>
+    <t>#70 Mark Hernandez - LDE</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>WAS 36</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>2-5-WAS 36 (12:49) 32-Duane Rutledge ran to WAS 44 for 8 yards. Tackle by 21-Daniel Clay.</t>
   </si>
   <si>
     <t>#40 Thomas Hardin - CB</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>WAS 44</t>
   </si>
@@ -581,51 +581,51 @@
   <si>
     <t>#13 Ace Blizzard - WR</t>
   </si>
   <si>
     <t>#19 Scott Lachance - WR</t>
   </si>
   <si>
     <t>#74 Charlie Anderson - LT</t>
   </si>
   <si>
     <t>#68 Michael Scott - LG</t>
   </si>
   <si>
     <t>#73 Gil Harder - C</t>
   </si>
   <si>
     <t>#77 Arthur Rayburn - RT</t>
   </si>
   <si>
     <t>#71 Alex Cates - RT</t>
   </si>
   <si>
     <t>#95 Johnny Driggins - DT</t>
   </si>
   <si>
-    <t>#94 Jordan Pettway - DT</t>
+    <t>#90 Jordan Pettway - DT</t>
   </si>
   <si>
     <t>#51 Philip Edgington - MLB</t>
   </si>
   <si>
     <t>#24 Kurt Johnson - CB</t>
   </si>
   <si>
     <t>#47 Raymond Trott - SS</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>ARK 31</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>2-9-ARK 31 (10:42) 4-Derek Glenn pass complete to 33-Cody Wyatt to ARK 43 for 12 yards. Tackle by 37-Alvin Bower.</t>
   </si>