--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -542,51 +542,51 @@
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-ALA 50 (11:05) 13-Joseph Gamino punts 42 yards to ALA 7. Fair Catch by 81-Glenn Egan.</t>
   </si>
   <si>
     <t>#8 Joseph Gamino - P</t>
   </si>
   <si>
     <t>#81 Glenn Egan - WR</t>
   </si>
   <si>
     <t>#50 Israel Shelton - SLB</t>
   </si>
   <si>
     <t>#57 William Hanlin - RG</t>
   </si>
   <si>
-    <t>#61 Jeff Shea - C</t>
+    <t>#64 Jeff Shea - C</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>ALA 7</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-ALA 7 (10:59) 35-Jimmie Treece ran to ALA 22 for 15 yards. Tackle by 30-Gerard Burtch. WAS 30-Gerard Burtch was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 James Pennington - QB</t>
   </si>
   <si>
     <t>#35 Jimmie Treece - RB</t>
   </si>
   <si>
     <t>#86 John Cousins - WR</t>
   </si>