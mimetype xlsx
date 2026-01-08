--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 10-Todd Watkins kicks 64 yards from ALA 35 to WAS 1. 46-Thomas Kane to WAS 23 for 22 yards. 46-Thomas Kane FUMBLES (2-Alvin Strain) recovered by WAS-62-Kenny Jacobson at WAS 25. Tackle by 2-Alvin Strain. ALA 1-Elwood Allen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#46 Thomas Kane - FS</t>
   </si>
   <si>
     <t>#41 Michael Sherman - FS</t>
   </si>
   <si>
     <t>#92 Kenny Jacobson - DT</t>
   </si>
   <si>
     <t>#93 Michael Trujillo - LDE</t>
   </si>
   <si>
     <t>#40 Leonard Dunn - LDE</t>
   </si>
   <si>
     <t>#41 Otto Pfeffer - SS</t>
   </si>
   <si>
     <t>#25 Gerard Burtch - CB</t>
   </si>
   <si>
-    <t>#56 James Radel - WLB</t>
+    <t>#54 James Radel - WLB</t>
   </si>
   <si>
     <t>#95 Hector Connery - WLB</t>
   </si>
   <si>
     <t>#95 Robert Ray - DT</t>
   </si>
   <si>
     <t>#64 Arthur Winter - DT</t>
   </si>
   <si>
     <t>#3 Todd Watkins - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Singleback Big PA Curls</t>
   </si>