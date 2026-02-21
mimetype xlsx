--- v0 (2025-12-30)
+++ v1 (2026-02-21)
@@ -1736,51 +1736,51 @@
   <si>
     <t>4-11-ARK 45 (3:20) 9-Bradley Maxwell punts 33 yards to ARK 12. Fair Catch by 19-Scott Lachance.</t>
   </si>
   <si>
     <t>3:13</t>
   </si>
   <si>
     <t>ARK 12</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-ARK 12 (3:14) 4-Derek Glenn pass complete to 13-Ace Blizzard to WAS 14 for 74 yards. Tackle by 43-Russell Smith.</t>
   </si>
   <si>
     <t>2:44</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-WAS 14 (2:43) 4-Derek Glenn pass complete to 83-Michael Cunniff for 14 yards. TOUCHDOWN! ARK 9 WAS 14</t>
   </si>
   <si>
-    <t>#69 Gregory Marten - RG</t>
+    <t>#52 Gregory Marten - RG</t>
   </si>
   <si>
     <t>2:38</t>
   </si>
   <si>
     <t>WAS 2</t>
   </si>
   <si>
     <t>(2:39) 11-Austin Tighe ran to WAS 3 for -1 yards. Tackle by 55-David Binion.</t>
   </si>
   <si>
     <t>Onsides Kick Onside Kick</t>
   </si>
   <si>
     <t>Onsides Kick Return Onside Kick Return</t>
   </si>
   <si>
     <t>(2:39) Onside kick by 3-Kirby Beach from ARK 35 recovered by WAS-45-Michael Rothe at ARK 40. Pushed out of bounds by 18-Clifford Ryan.</t>
   </si>
   <si>
     <t>ARK 40</t>
   </si>
   <si>
     <t>1-10-ARK 40 (2:39) 44-Allan Miller ran to ARK 43 for -2 yards. Tackle by 56-James Moreno.</t>
   </si>