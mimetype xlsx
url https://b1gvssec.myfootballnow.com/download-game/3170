--- v1 (2026-02-21)
+++ v2 (2026-03-13)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-WAS 25 (15:00) 4-David Lawrence pass complete to 23-Max Wilson to WAS 46 for 21 yards. Tackle by 57-Michael Hildebrand.</t>
   </si>
   <si>
     <t>#4 David Lawrence - QB</t>
   </si>
   <si>
     <t>#23 Max Wilson - RB</t>
   </si>
   <si>
     <t>#83 Frank Cantrell lll - TE</t>
   </si>
   <si>
     <t>#11 Charles Elder - WR</t>
   </si>
   <si>
     <t>#75 James Cassidy - LT</t>
   </si>
   <si>
     <t>#66 Michael McGinn - LG</t>
   </si>
   <si>
     <t>#64 Edward Lewis - C</t>
   </si>
   <si>
-    <t>#65 Steve  Sweet - RG</t>
+    <t>#53 Steve  Sweet - RG</t>
   </si>
   <si>
     <t>#76 Robert Henderson - RT</t>
   </si>
   <si>
     <t>#90 Enrique Ackman - RDE</t>
   </si>
   <si>
     <t>#99 Jeffrey Draeger - DT</t>
   </si>
   <si>
     <t>#92 Anthony Norman - DT</t>
   </si>
   <si>
     <t>#75 Terrell Masher - RDE</t>
   </si>
   <si>
     <t>#51 Leo Brown - WLB</t>
   </si>
   <si>
     <t>#59 John Routt - MLB</t>
   </si>
   <si>
     <t>#57 Michael Hildebrand - WLB</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#31 Shawn Simon - CB</t>
   </si>
   <si>
     <t>#24 Andre Wilde - SS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>WAS 46</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-WAS 46 (14:12) 44-Allan Miller ran to ARK 42 for 12 yards. Tackle by 21-Daniel Clay.</t>
   </si>
   <si>
     <t>#31 Elvin McKinnon - RB</t>
   </si>
   <si>
-    <t>#44 Allan Miller - FB</t>
+    <t>#43 Allan Miller - FB</t>
   </si>
   <si>
     <t>#18 Jason Clark - WR</t>
   </si>
   <si>
     <t>#32 Duane Rutledge - RB</t>
   </si>
   <si>
     <t>#85 Stephen Spradlin - WR</t>
   </si>
   <si>
     <t>#72 Frank Hammack - LT</t>
   </si>
   <si>
     <t>#91 Fernando Bryant - LDE</t>
   </si>
   <si>
     <t>#96 Roman Axtman - DT</t>
   </si>
   <si>
     <t>#93 Walter Lee - RDE</t>
   </si>
   <si>
     <t>#56 James Moreno - MLB</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:33) Extra point GOOD by 2-John Donaghy. ARK 0 WAS 7</t>
   </si>
   <si>
     <t>#9 Bradley Maxwell - P</t>
   </si>
   <si>
     <t>#2 John Donaghy - K</t>
   </si>
   <si>
     <t>#67 Troy Epps - C</t>
   </si>
   <si>
     <t>#62 Warren Nelson - LG</t>
   </si>
   <si>
     <t>#41 Ronald Ellis - FB</t>
   </si>
   <si>
-    <t>#94 Mark Hernandez - LDE</t>
+    <t>#70 Mark Hernandez - LDE</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>(11:33) 2-John Donaghy kicks 74 yards from WAS 35 to ARK -9. Touchback.</t>
   </si>
   <si>
     <t>#34 Donald Roberts - RB</t>
   </si>
   <si>
     <t>#11 Austin Tighe - WR</t>
   </si>
   <si>
     <t>ARK 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-ARK 25 (11:33) 4-Derek Glenn pass complete to 19-Scott Lachance to ARK 27 for 2 yards. Tackle by 51-Philip Edgington.</t>
   </si>
   <si>
     <t>#4 Derek Glenn - QB</t>
   </si>