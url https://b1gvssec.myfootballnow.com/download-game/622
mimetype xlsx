--- v0 (2025-10-18)
+++ v1 (2025-11-18)
@@ -524,51 +524,51 @@
   <si>
     <t>#55 Alexander Berg - LG</t>
   </si>
   <si>
     <t>#68 Martin Bronson - C</t>
   </si>
   <si>
     <t>#52 Edward Calabro - RG</t>
   </si>
   <si>
     <t>#74 Keith Brown - RT</t>
   </si>
   <si>
     <t>#90 Charles Lee - LDE</t>
   </si>
   <si>
     <t>#93 Mark Franklin - DT</t>
   </si>
   <si>
     <t>#58 Paul Ladd - DT</t>
   </si>
   <si>
     <t>#51 John Cowart - RDE</t>
   </si>
   <si>
-    <t>#96 Allan Smart - DT</t>
+    <t>#51 Allan Smart - DT</t>
   </si>
   <si>
     <t>#93 David Cohen - WLB</t>
   </si>
   <si>
     <t>#40 Greg Boyd - CB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>OKL 44</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-OKL 44 (13:41) 2-Christopher Scott ran to VAN 45 for 11 yards. Tackle by 35-Greg Boyd. OKL 74-Keith Brown was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#80 Gary Taylor - FB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>