--- v1 (2025-11-18)
+++ v2 (2026-01-19)
@@ -416,51 +416,51 @@
   <si>
     <t>#25 James Lucia - SS</t>
   </si>
   <si>
     <t>#41 Michael Neal - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-10-VAN 25 (14:58) 16-Ismael Jenkins pass incomplete, dropped by 88-Stan Linkous.</t>
   </si>
   <si>
     <t>#48 Jefferson Bynum - FB</t>
   </si>
   <si>
     <t>#61 Gary Allen - DT</t>
   </si>
   <si>
-    <t>#45 Anthony Rosenberg - SLB</t>
+    <t>#96 Anthony Rosenberg - SLB</t>
   </si>
   <si>
     <t>#58 Robert Landry - WLB</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>3-10-VAN 25 (14:55) 45-Jefferson Bynum ran to VAN 25 for a short loss. Tackle by 61-Gary Allen.</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>Timeout VAN</t>
   </si>
   <si>
     <t>14:25</t>
   </si>