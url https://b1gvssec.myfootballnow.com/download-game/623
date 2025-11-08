--- v0 (2025-10-16)
+++ v1 (2025-11-08)
@@ -503,51 +503,51 @@
   <si>
     <t>MSU 50</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-5-MSU 50 (11:29) 7-James Pennington pass Pass knocked down by 54-Ronald Drew. incomplete, intended for 89-Albert Williams.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-MSU 50 (11:24) 8-Dennis Williams punts 47 yards to MSU 3.</t>
   </si>
   <si>
-    <t>#15 Dennis Williams - P</t>
+    <t>#18 Dennis Williams - P</t>
   </si>
   <si>
     <t>#73 Fred Finley - C</t>
   </si>
   <si>
     <t>#28 Kevin Holmes - RB</t>
   </si>
   <si>
     <t>#83 Roger Lee - TE</t>
   </si>
   <si>
     <t>#12 Patrick Peterson - WR</t>
   </si>
   <si>
     <t>#62 Richard Miller - C</t>
   </si>
   <si>
     <t>#76 Edward Dyar - LT</t>
   </si>
   <si>
     <t>#42 Martin Brown - CB</t>
   </si>
   <si>
     <t>#62 Tyler Bates - LG</t>
   </si>