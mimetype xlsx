--- v1 (2025-11-08)
+++ v2 (2026-01-25)
@@ -374,51 +374,51 @@
   <si>
     <t>#61 Lawrence Harrison - LT</t>
   </si>
   <si>
     <t>#60 Jacob Rodriguez - LG</t>
   </si>
   <si>
     <t>#75 Devin Sparks - RG</t>
   </si>
   <si>
     <t>#58 Glen Stewart - RG</t>
   </si>
   <si>
     <t>#71 Jeffrey McNeeley - RT</t>
   </si>
   <si>
     <t>#69 Jeff Smith - LDE</t>
   </si>
   <si>
     <t>#60 Gabriel Jude - DT</t>
   </si>
   <si>
     <t>#70 Jay Joyce - DT</t>
   </si>
   <si>
-    <t>#66 Eric Velazquez - DT</t>
+    <t>#74 Eric Velazquez - DT</t>
   </si>
   <si>
     <t>#99 Don Hardy - LDE</t>
   </si>
   <si>
     <t>#44 John Baltimore - SS</t>
   </si>
   <si>
     <t>#1 Michael Harris - CB</t>
   </si>
   <si>
     <t>#42 Roy Bentley - CB</t>
   </si>
   <si>
     <t>#30 Daniel Papa - CB</t>
   </si>
   <si>
     <t>#35 John Smith - SS</t>
   </si>
   <si>
     <t>#22 Joseph Bagley - MLB</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
@@ -860,51 +860,51 @@
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-MSU 20 (3:57) 3-Todd Watkins 38 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#12 Thomas Stinson - QB</t>
   </si>
   <si>
     <t>#3 Todd Watkins - K</t>
   </si>
   <si>
     <t>#68 Richard Kelly - RG</t>
   </si>
   <si>
     <t>#52 Mark Wood - WLB</t>
   </si>
   <si>
-    <t>#32 Donald Burke - LDE</t>
+    <t>#67 Donald Burke - LDE</t>
   </si>
   <si>
     <t>3:54</t>
   </si>
   <si>
     <t>MSU 27</t>
   </si>
   <si>
     <t>1-10-MSU 27 (3:55) 18-David Varela pass complete to 23-Kevin Holmes to MSU 35 for 8 yards. Tackle by 28-Donald Elwood.</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-2-MSU 35 (3:10) PENALTY - False Start (MSU 18-David Varela)</t>
   </si>
   <si>
     <t>#43 Bradley Johnson - RB</t>
   </si>