--- v2 (2026-01-25)
+++ v3 (2026-03-27)
@@ -587,51 +587,51 @@
   <si>
     <t>#19 Stanley Rotz - WR</t>
   </si>
   <si>
     <t>#75 Eddie Lynch - LT</t>
   </si>
   <si>
     <t>#71 Michael Davey - C</t>
   </si>
   <si>
     <t>#78 Timothy Killgore - RT</t>
   </si>
   <si>
     <t>#68 Christopher Jones - LG</t>
   </si>
   <si>
     <t>#77 John Bart - LT</t>
   </si>
   <si>
     <t>#77 Thomas Freund - LDE</t>
   </si>
   <si>
     <t>#77 Kory Simms - DT</t>
   </si>
   <si>
-    <t>#94 Jordan Pettway - DT</t>
+    <t>#90 Jordan Pettway - DT</t>
   </si>
   <si>
     <t>#75 Johnny McElhaney - RDE</t>
   </si>
   <si>
     <t>#28 Morris Lowry - CB</t>
   </si>
   <si>
     <t>#33 Robert Macias - CB</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>MSU 20</t>
   </si>
   <si>
     <t>(11:11) 7-Keith Honore kicks 71 yards from MSU 20 to ALA 9. 81-Glenn Egan to ALA 36 for 28 yards. Tackle by 1-Michael Harris.</t>
   </si>
   <si>
     <t>#59 Walter McNeal - LDE</t>
   </si>
   <si>
     <t>11:06</t>
   </si>
@@ -848,63 +848,63 @@
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>3-9-MSU 22 (4:33) 35-Jimmie Treece ran to MSU 20 for 2 yards. Tackle by 60-Gabriel Jude.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-MSU 20 (3:57) 3-Todd Watkins 38 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#12 Thomas Stinson - QB</t>
+    <t>#4 Thomas Stinson - QB</t>
   </si>
   <si>
     <t>#3 Todd Watkins - K</t>
   </si>
   <si>
     <t>#68 Richard Kelly - RG</t>
   </si>
   <si>
     <t>#52 Mark Wood - WLB</t>
   </si>
   <si>
-    <t>#67 Donald Burke - LDE</t>
+    <t>#58 Donald Burke - LDE</t>
   </si>
   <si>
     <t>3:54</t>
   </si>
   <si>
     <t>MSU 27</t>
   </si>
   <si>
     <t>1-10-MSU 27 (3:55) 18-David Varela pass complete to 23-Kevin Holmes to MSU 35 for 8 yards. Tackle by 28-Donald Elwood.</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-2-MSU 35 (3:10) PENALTY - False Start (MSU 18-David Varela)</t>
   </si>
   <si>
     <t>#43 Bradley Johnson - RB</t>
   </si>
@@ -2346,51 +2346,51 @@
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>