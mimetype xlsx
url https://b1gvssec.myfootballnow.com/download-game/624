--- v0 (2025-10-24)
+++ v1 (2025-12-24)
@@ -335,51 +335,51 @@
   <si>
     <t>#92 Billy Marr - MLB</t>
   </si>
   <si>
     <t>#15 Adalberto Cuddy - K</t>
   </si>
   <si>
     <t>ARK</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>ARK 32</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-ARK 32 (14:54) 32-Coy Morris ran to ARK 38 for 5 yards. Tackle by 96-Gilbert Allen.</t>
   </si>
   <si>
-    <t>#9 Joseph Harris - QB</t>
+    <t>#6 Joseph Harris - QB</t>
   </si>
   <si>
     <t>#32 Coy Morris - RB</t>
   </si>
   <si>
     <t>#79 Joseph Walker - RT</t>
   </si>
   <si>
     <t>#87 Gordon Oconnell - TE</t>
   </si>
   <si>
     <t>#13 John Benton - WR</t>
   </si>
   <si>
     <t>#84 Francisco Johnson - WR</t>
   </si>
   <si>
     <t>#74 Charlie Anderson - LT</t>
   </si>
   <si>
     <t>#75 Charles Salazar - LT</t>
   </si>
   <si>
     <t>#63 Jonathan Kane - C</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>#11 Stephen Proctor - WR</t>
   </si>
   <si>
     <t>#65 Matthew Croteau - LT</t>
   </si>
   <si>
     <t>#67 Joseph Dardar - LG</t>
   </si>
   <si>
     <t>#76 Douglas Reith - C</t>
   </si>
   <si>
     <t>#53 Roland Sims - LT</t>
   </si>
   <si>
     <t>#79 Scott Phillips - RT</t>
   </si>
   <si>
     <t>#97 Mark Thomas - DT</t>
   </si>
   <si>
     <t>#95 Benjamin Kahler - DT</t>
   </si>
   <si>
-    <t>#98 David Gonzalez - RDE</t>
+    <t>#99 David Gonzalez - LDE</t>
   </si>
   <si>
     <t>#41 David Owens - CB</t>
   </si>
   <si>
     <t>#24 Derek Ray - CB</t>
   </si>
   <si>
     <t>#49 Roy Nicholson - CB</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>AUB 17</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-AUB 17 (12:11) 19-Lee Carver pass complete to 24-Wilbur Hawkins to AUB 22 for 5 yards. Tackle by 27-Thomas Richardson. Nice job by 24-Wilbur Hawkins on that route to lose his coverage.</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>3-6-AUB 42 (8:43) 24-Wilbur Hawkins ran to AUB 42 for a short gain. Tackle by 99-Eddie Huff.</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>4-6-AUB 42 (8:04) 5-Jerrod Klein punts 47 yards to ARK 11. Fair Catch by 1-Willie Durazo.</t>
   </si>
   <si>
     <t>#10 Jerrod Klein - P</t>
   </si>
   <si>
     <t>#72 Albert Hickman - C</t>
   </si>
   <si>
     <t>#58 Gabriel Jewett - LT</t>
   </si>
   <si>
     <t>#75 Rueben Johnson - LG</t>
   </si>
   <si>
-    <t>#53 Warren Gonzalez - LDE</t>
+    <t>#77 Warren Gonzalez - LDE</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>ARK 11</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-ARK 11 (7:57) 32-Coy Morris ran to ARK 9 for -2 yards. Tackle by 95-Loyd Harris.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>ARK 9</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-12-ARK 9 (7:14) 32-Coy Morris ran to ARK 17 for 8 yards. Tackle by 48-Francis Baltes.</t>
   </si>