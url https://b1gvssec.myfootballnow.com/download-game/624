--- v1 (2025-12-24)
+++ v2 (2026-01-23)
@@ -539,51 +539,51 @@
   <si>
     <t>#4 Lee Carver - QB</t>
   </si>
   <si>
     <t>#24 Wilbur Hawkins - RB</t>
   </si>
   <si>
     <t>#21 Robert Rivera - FB</t>
   </si>
   <si>
     <t>#83 Charles Trinidad - TE</t>
   </si>
   <si>
     <t>#85 Dustin Goff - WR</t>
   </si>
   <si>
     <t>#11 Stephen Proctor - WR</t>
   </si>
   <si>
     <t>#65 Matthew Croteau - LT</t>
   </si>
   <si>
     <t>#67 Joseph Dardar - LG</t>
   </si>
   <si>
-    <t>#76 Douglas Reith - C</t>
+    <t>#62 Douglas Reith - C</t>
   </si>
   <si>
     <t>#53 Roland Sims - LT</t>
   </si>
   <si>
     <t>#79 Scott Phillips - RT</t>
   </si>
   <si>
     <t>#97 Mark Thomas - DT</t>
   </si>
   <si>
     <t>#95 Benjamin Kahler - DT</t>
   </si>
   <si>
     <t>#99 David Gonzalez - LDE</t>
   </si>
   <si>
     <t>#41 David Owens - CB</t>
   </si>
   <si>
     <t>#24 Derek Ray - CB</t>
   </si>
   <si>
     <t>#49 Roy Nicholson - CB</t>
   </si>