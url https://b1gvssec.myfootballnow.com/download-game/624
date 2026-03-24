--- v2 (2026-01-23)
+++ v3 (2026-03-24)
@@ -368,51 +368,51 @@
   <si>
     <t>#87 Gordon Oconnell - TE</t>
   </si>
   <si>
     <t>#13 John Benton - WR</t>
   </si>
   <si>
     <t>#84 Francisco Johnson - WR</t>
   </si>
   <si>
     <t>#74 Charlie Anderson - LT</t>
   </si>
   <si>
     <t>#75 Charles Salazar - LT</t>
   </si>
   <si>
     <t>#63 Jonathan Kane - C</t>
   </si>
   <si>
     <t>#76 Michael Lowe - RG</t>
   </si>
   <si>
     <t>#66 Avery Warren - LG</t>
   </si>
   <si>
-    <t>#70 Richard Olson - RDE</t>
+    <t>#51 Richard Olson - RDE</t>
   </si>
   <si>
     <t>#90 Daniel Wright - DT</t>
   </si>
   <si>
     <t>#60 William Parker - LDE</t>
   </si>
   <si>
     <t>#52 Edward Red - RDE</t>
   </si>
   <si>
     <t>#99 Gilbert Allen - SLB</t>
   </si>
   <si>
     <t>#96 George Baker - MLB</t>
   </si>
   <si>
     <t>#95 Loyd Harris - WLB</t>
   </si>
   <si>
     <t>#48 Francis Baltes - CB</t>
   </si>
   <si>
     <t>#25 Edward Franklin - CB</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>3-6-AUB 42 (8:43) 24-Wilbur Hawkins ran to AUB 42 for a short gain. Tackle by 99-Eddie Huff.</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>4-6-AUB 42 (8:04) 5-Jerrod Klein punts 47 yards to ARK 11. Fair Catch by 1-Willie Durazo.</t>
   </si>
   <si>
     <t>#10 Jerrod Klein - P</t>
   </si>
   <si>
     <t>#72 Albert Hickman - C</t>
   </si>
   <si>
     <t>#58 Gabriel Jewett - LT</t>
   </si>
   <si>
     <t>#75 Rueben Johnson - LG</t>
   </si>
   <si>
-    <t>#77 Warren Gonzalez - LDE</t>
+    <t>#61 Warren Gonzalez - LDE</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>ARK 11</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-ARK 11 (7:57) 32-Coy Morris ran to ARK 9 for -2 yards. Tackle by 95-Loyd Harris.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>ARK 9</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-12-ARK 9 (7:14) 32-Coy Morris ran to ARK 17 for 8 yards. Tackle by 48-Francis Baltes.</t>
   </si>
@@ -1385,51 +1385,51 @@
   <si>
     <t>3-6-AUB 29 (14:19) 22-Mark Branch ran to AUB 28 for -1 yards. Tackle by 55-Homer Serna.</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>4-7-AUB 28 (13:36) 5-Jerrod Klein punts 42 yards to ARK 30. Fair Catch by 1-Willie Durazo.</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>ARK 30</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-ARK 30 (13:29) 9-Joseph Harris pass complete to 13-Jerry Potts to ARK 42 for 12 yards. Tackle by 48-Francis Baltes. PENALTY - Holding (ARK 63-Jonathan Kane)</t>
   </si>
   <si>
-    <t>#58 Douglas McGriff - SLB</t>
+    <t>#51 Douglas McGriff - SLB</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>ARK 20</t>
   </si>
   <si>
     <t>1-20-ARK 20 (13:25) 9-Joseph Harris pass complete to 18-Jonathan Martinez to ARK 25 for 5 yards. Tackle by 39-Howard Bridges.</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>2-15-ARK 25 (12:43) 19-David Cummins ran to ARK 24 for -1 yards. Tackle by 49-Clifford Schaffer.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-16-ARK 24 (11:58) 9-Joseph Harris pass Pass knocked down by 95-Loyd Harris. incomplete, intended for 87-Gordon Oconnell. 95-Loyd Harris got away with a hold on that play.</t>
   </si>