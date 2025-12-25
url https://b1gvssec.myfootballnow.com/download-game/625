--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -347,51 +347,51 @@
   <si>
     <t>IOW 33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-IOW 33 (14:56) 5-Mark Wiese pass Pass knocked down by 45-Kenneth Frost. incomplete, intended for 89-George Lyle.</t>
   </si>
   <si>
     <t>#5 Mark Wiese - QB</t>
   </si>
   <si>
     <t>#48 Jay Crawford - RB</t>
   </si>
   <si>
     <t>#28 Daniel Palmer - RB</t>
   </si>
   <si>
     <t>#12 Michael Biddle - WR</t>
   </si>
   <si>
-    <t>#17 George Lyle - WR</t>
+    <t>#13 George Lyle - WR</t>
   </si>
   <si>
     <t>#88 Fred Jolicoeur - WR</t>
   </si>
   <si>
     <t>#73 Sylvester Slattery - LT</t>
   </si>
   <si>
     <t>#58 Florentino Dibella - LG</t>
   </si>
   <si>
     <t>#54 Kenneth Grau - C</t>
   </si>
   <si>
     <t>#71 Mark Campbell - RG</t>
   </si>
   <si>
     <t>#75 Dennis Meek - RT</t>
   </si>
   <si>
     <t>#69 Don Marshall - RDE</t>
   </si>
   <si>
     <t>#70 Lewis Lewis - DT</t>
   </si>
@@ -416,51 +416,51 @@
   <si>
     <t>#21 John Hernandez - CB</t>
   </si>
   <si>
     <t>#49 Gerald Shoe - MLB</t>
   </si>
   <si>
     <t>#78 John Braggs - RDE</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-10-IOW 33 (14:54) PENALTY - False Start (IOW 71-Mark Campbell)</t>
   </si>
   <si>
     <t>#86 Harry Francis - TE</t>
   </si>
   <si>
-    <t>#80 Terry Saucedo - TE</t>
+    <t>#83 Terry Saucedo - TE</t>
   </si>
   <si>
     <t>#90 Robert Gorman - SLB</t>
   </si>
   <si>
     <t>IOW 28</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-15-IOW 28 (14:54) 5-Mark Wiese pass complete to 48-Jay Crawford to IOW 26 for -1 yards. Tackle by 25-Clarence Harty.</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>IOW 26</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>#21 Gary Williams - RB</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>OSU 48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-9-OSU 48 (12:05) 48-Jay Crawford ran to OSU 39 for 9 yards. Tackle by 29-Gerald Shoe.</t>
   </si>
   <si>
     <t>#15 Lawrence Willoughby - WR</t>
   </si>
   <si>
     <t>#22 James Collins - FS</t>
   </si>
   <si>
-    <t>#39 Joseph Oyler - SS</t>
+    <t>#37 Joseph Oyler - SS</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>OSU 39</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>1-10-OSU 39 (11:20) 28-Daniel Palmer ran to OSU 39 for a short gain. Tackle by 78-Don Marshall.</t>
   </si>
   <si>
     <t>#45 Eric Horton - CB</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>2-10-OSU 39 (10:40) 5-Mark Wiese pass incomplete, dropped by 48-Jay Crawford.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
@@ -572,99 +572,99 @@
   <si>
     <t>10:31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-OSU 39 (10:32) 8-Todd Gay punts 35 yards to OSU 4. IOW 62-Jonathan Coleman was injured on the play. He looks like he should be able to return. OSU 76-Victor Crepeau was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 Todd Gay - P</t>
   </si>
   <si>
     <t>#76 Marion Hodges - RT</t>
   </si>
   <si>
     <t>#17 Edward Rodriquez - WR</t>
   </si>
   <si>
     <t>#97 George Roberson - DT</t>
   </si>
   <si>
-    <t>#72 James Miller - DT</t>
+    <t>#65 James Miller - DT</t>
   </si>
   <si>
     <t>#62 Jonathan Coleman - LT</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>OSU 4</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OSU 4 (10:22) 8-George Perri pass complete to 88-John Deshazo to OSU 42 for 38 yards. Tackle by 25-David McElroy. IOW 38-Carl Luna was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 George Perri - QB</t>
   </si>
   <si>
     <t>#2 Kevin Mosley - RB</t>
   </si>
   <si>
     <t>#38 David Miller - FB</t>
   </si>
   <si>
     <t>#62 John Deshazo - RG</t>
   </si>
   <si>
     <t>#4 Jesse Clark - WR</t>
   </si>
   <si>
     <t>#62 Carl Kinnison - RG</t>
   </si>
   <si>
     <t>#68 Melvin Morrow - RT</t>
   </si>
   <si>
     <t>#59 Freeman Grasso - C</t>
   </si>
   <si>
     <t>#53 James Poirier - RG</t>
   </si>
   <si>
-    <t>#65 Adrian Olivo - RG</t>
+    <t>#53 Adrian Olivo - RG</t>
   </si>
   <si>
     <t>#94 Roy Mansfield - RDE</t>
   </si>
   <si>
     <t>#90 Gerardo Ervin - DT</t>
   </si>
   <si>
     <t>#66 Josef Chapdelaine - DT</t>
   </si>
   <si>
     <t>#79 John Chacon - LDE</t>
   </si>
   <si>
     <t>#56 Michael Tennyson - SLB</t>
   </si>
   <si>
     <t>#38 Carl Luna - SS</t>
   </si>
   <si>
     <t>#33 Raul Miller - SS</t>
   </si>
   <si>
     <t>9:40</t>
   </si>