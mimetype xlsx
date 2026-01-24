--- v1 (2025-12-25)
+++ v2 (2026-01-24)
@@ -395,51 +395,51 @@
   <si>
     <t>#70 Lewis Lewis - DT</t>
   </si>
   <si>
     <t>#76 James Powers - DT</t>
   </si>
   <si>
     <t>#93 Victor Crepeau - RDE</t>
   </si>
   <si>
     <t>#44 Gregory Yang - MLB</t>
   </si>
   <si>
     <t>#45 Kenneth Frost - WLB</t>
   </si>
   <si>
     <t>#21 Clarence Harty - CB</t>
   </si>
   <si>
     <t>#4 Charles Gray - CB</t>
   </si>
   <si>
     <t>#21 John Hernandez - CB</t>
   </si>
   <si>
-    <t>#49 Gerald Shoe - MLB</t>
+    <t>#51 Gerald Shoe - MLB</t>
   </si>
   <si>
     <t>#78 John Braggs - RDE</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-10-IOW 33 (14:54) PENALTY - False Start (IOW 71-Mark Campbell)</t>
   </si>
   <si>
     <t>#86 Harry Francis - TE</t>
   </si>
   <si>
     <t>#83 Terry Saucedo - TE</t>
   </si>
   <si>
     <t>#90 Robert Gorman - SLB</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>#38 David Miller - FB</t>
   </si>
   <si>
     <t>#62 John Deshazo - RG</t>
   </si>
   <si>
     <t>#4 Jesse Clark - WR</t>
   </si>
   <si>
     <t>#62 Carl Kinnison - RG</t>
   </si>
   <si>
     <t>#68 Melvin Morrow - RT</t>
   </si>
   <si>
     <t>#59 Freeman Grasso - C</t>
   </si>
   <si>
     <t>#53 James Poirier - RG</t>
   </si>
   <si>
     <t>#53 Adrian Olivo - RG</t>
   </si>
   <si>
-    <t>#94 Roy Mansfield - RDE</t>
+    <t>#94 Roy Mansfield - LDE</t>
   </si>
   <si>
     <t>#90 Gerardo Ervin - DT</t>
   </si>
   <si>
     <t>#66 Josef Chapdelaine - DT</t>
   </si>
   <si>
     <t>#79 John Chacon - LDE</t>
   </si>
   <si>
     <t>#56 Michael Tennyson - SLB</t>
   </si>
   <si>
     <t>#38 Carl Luna - SS</t>
   </si>
   <si>
     <t>#33 Raul Miller - SS</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>OSU 42</t>
   </si>