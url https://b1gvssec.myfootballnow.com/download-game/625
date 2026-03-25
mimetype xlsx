--- v2 (2026-01-24)
+++ v3 (2026-03-25)
@@ -623,51 +623,51 @@
   <si>
     <t>#38 David Miller - FB</t>
   </si>
   <si>
     <t>#62 John Deshazo - RG</t>
   </si>
   <si>
     <t>#4 Jesse Clark - WR</t>
   </si>
   <si>
     <t>#62 Carl Kinnison - RG</t>
   </si>
   <si>
     <t>#68 Melvin Morrow - RT</t>
   </si>
   <si>
     <t>#59 Freeman Grasso - C</t>
   </si>
   <si>
     <t>#53 James Poirier - RG</t>
   </si>
   <si>
     <t>#53 Adrian Olivo - RG</t>
   </si>
   <si>
-    <t>#94 Roy Mansfield - LDE</t>
+    <t>#64 Roy Mansfield - LDE</t>
   </si>
   <si>
     <t>#90 Gerardo Ervin - DT</t>
   </si>
   <si>
     <t>#66 Josef Chapdelaine - DT</t>
   </si>
   <si>
     <t>#79 John Chacon - LDE</t>
   </si>
   <si>
     <t>#56 Michael Tennyson - SLB</t>
   </si>
   <si>
     <t>#38 Carl Luna - SS</t>
   </si>
   <si>
     <t>#33 Raul Miller - SS</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>OSU 42</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>2-13-IOW 39 (2:43) 8-George Perri pass complete to 33-Kevin Mosley to IOW 33 for 6 yards. Tackle by 41-Barney Durden.</t>
   </si>
   <si>
     <t>2:02</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>3-7-IOW 33 (2:01) 8-George Perri pass complete to 18-Joseph Shaw to IOW 30 for 3 yards. Tackle by 29-Julius Irving.</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>IOW 30</t>
   </si>
   <si>
     <t>4-4-IOW 30 (1:25) 3-George Walsh 48 yard field goal is GOOD. OSU 3 IOW 7</t>
   </si>
   <si>
     <t>#52 William Storey - RG</t>
   </si>
   <si>
-    <t>#76 Jimmie Johnson - RG</t>
+    <t>#50 Jimmie Johnson - RG</t>
   </si>
   <si>
     <t>#58 Ahmad Rew - MLB</t>
   </si>
   <si>
     <t>#99 Lowell Chu - RDE</t>
   </si>
   <si>
     <t>#60 Brandon Freeman - LG</t>
   </si>
   <si>
     <t>#91 Thomas Zamora - SLB</t>
   </si>
   <si>
     <t>1:21</t>
   </si>
   <si>
     <t>(1:22) 3-George Walsh kicks 67 yards from OSU 35 to IOW -2. 14-Juan Costa to IOW 25 for 28 yards. Tackle by 77-James Miller.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>IOW 25</t>
   </si>