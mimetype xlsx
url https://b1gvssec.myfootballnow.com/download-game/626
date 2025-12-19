--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -311,51 +311,51 @@
   <si>
     <t>#42 Patrick Williams - MLB</t>
   </si>
   <si>
     <t>#34 Marc Kapoor - CB</t>
   </si>
   <si>
     <t>#54 Ronald Lamarr - WLB</t>
   </si>
   <si>
     <t>#57 Charles Jones - WLB</t>
   </si>
   <si>
     <t>#42 Wayne Brothers - CB</t>
   </si>
   <si>
     <t>#57 Robert Dotts - MLB</t>
   </si>
   <si>
     <t>#7 Paul Stokes - CB</t>
   </si>
   <si>
     <t>#26 Danny Azar - CB</t>
   </si>
   <si>
-    <t>#27 Lawrence Brannon - CB</t>
+    <t>#37 Lawrence Brannon - CB</t>
   </si>
   <si>
     <t>#9 Grant Ruiz - K</t>
   </si>
   <si>
     <t>UMS</t>
   </si>
   <si>
     <t>UMS 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB2 Blitz</t>
   </si>
   <si>
     <t>1-10-UMS 25 (15:00) 16-Robert Tisdale ran to UMS 30 for 5 yards. Tackle by 65-Douglas Trammell.</t>
   </si>
   <si>
     <t>#7 Dennis Jenkins - QB</t>
   </si>
   <si>
     <t>#15 Robert Tisdale - WR</t>
   </si>
@@ -386,81 +386,81 @@
   <si>
     <t>#99 Douglas Trammell - RDE</t>
   </si>
   <si>
     <t>#77 Randy Fry - DT</t>
   </si>
   <si>
     <t>#92 Richard Smith - RDE</t>
   </si>
   <si>
     <t>#52 Brian Burns - MLB</t>
   </si>
   <si>
     <t>#94 Walter Ross - MLB</t>
   </si>
   <si>
     <t>#91 Jeff Boutwell - WLB</t>
   </si>
   <si>
     <t>#47 Sonny Adams - CB</t>
   </si>
   <si>
     <t>#40 Gregory Jacques - FS</t>
   </si>
   <si>
-    <t>#30 James Skinner - CB</t>
+    <t>#29 James Skinner - CB</t>
   </si>
   <si>
     <t>#35 Alex Moore - SS</t>
   </si>
   <si>
     <t>#37 Steven Turk - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>UMS 30</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>2-5-UMS 30 (14:24) 7-Dennis Jenkins pass complete to 10-Isaac Allen to UMS 43 for 13 yards. Tackle by 49-Sonny Adams. 10-Isaac Allen breaks down the CB.</t>
   </si>
   <si>
     <t>#44 Kenneth Berry - FB</t>
   </si>
   <si>
     <t>#66 Larry Fry - DT</t>
   </si>
   <si>
-    <t>#90 Donald Grey - MLB</t>
+    <t>#57 Donald Grey - MLB</t>
   </si>
   <si>
     <t>#57 David Dixon - WLB</t>
   </si>
   <si>
     <t>#37 Alvin Bower - CB</t>
   </si>
   <si>
     <t>#41 Tyler Cardenas - CB</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>UMS 43</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-UMS 43 (13:48) 7-Dennis Jenkins pass complete to 20-Frederick Robert to ILL 45 for 12 yards. Tackle by 46-Gregory Jacques. ILL 46-Gregory Jacques was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -884,51 +884,51 @@
   <si>
     <t>1-10-ILL 28 (3:51) 8-Paul Redman pass complete to 13-Matthew Jackson to ILL 32 for 4 yards. Tackle by 57-Charles Jones.</t>
   </si>
   <si>
     <t>3:17</t>
   </si>
   <si>
     <t>ILL 32</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-6-ILL 32 (3:16) 8-Paul Redman pass incomplete, dropped by 42-Paul Shaffer.</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-6-ILL 32 (3:12) 42-Paul Shaffer ran to ILL 33 for 2 yards. Tackle by 55-Jeffrey Draeger.</t>
   </si>
   <si>
-    <t>#68 Jeffrey Guzman - DT</t>
+    <t>#69 Jeffrey Guzman - SLB</t>
   </si>
   <si>
     <t>2:32</t>
   </si>
   <si>
     <t>4-5-ILL 33 (2:31) 11-Robert Reidy punts 51 yards to UMS 16. 81-German Schofield to UMS 17 for 1 yards. Tackle by 54-Donald Grey. 40-Lawrence Brannon totally missed that block.</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>UMS 17</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>1-10-UMS 17 (2:23) 7-Dennis Jenkins pass Pass knocked down by 93-Walter Ross. incomplete, intended for 81-German Schofield.</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>2-10-UMS 17 (2:19) 7-Dennis Jenkins pass complete to 16-Robert Tisdale to UMS 23 for 7 yards. Tackle by 54-Donald Grey.</t>
   </si>
@@ -2312,51 +2312,51 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="317.208" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>