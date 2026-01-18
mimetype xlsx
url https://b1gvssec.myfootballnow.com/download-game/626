--- v1 (2025-12-19)
+++ v2 (2026-01-18)
@@ -353,78 +353,78 @@
   <si>
     <t>1-10-UMS 25 (15:00) 16-Robert Tisdale ran to UMS 30 for 5 yards. Tackle by 65-Douglas Trammell.</t>
   </si>
   <si>
     <t>#7 Dennis Jenkins - QB</t>
   </si>
   <si>
     <t>#15 Robert Tisdale - WR</t>
   </si>
   <si>
     <t>#87 Kevin Ray - TE</t>
   </si>
   <si>
     <t>#87 Isaac Allen - WR</t>
   </si>
   <si>
     <t>#81 German Schofield - RB</t>
   </si>
   <si>
     <t>#78 Albert Davis - LT</t>
   </si>
   <si>
     <t>#73 David Walsh - LT</t>
   </si>
   <si>
-    <t>#56 Timothy Lamb - C</t>
+    <t>#58 Timothy Lamb - C</t>
   </si>
   <si>
     <t>#60 Bernardo Danley - RG</t>
   </si>
   <si>
     <t>#72 Robin Saucier - RT</t>
   </si>
   <si>
-    <t>#99 Douglas Trammell - RDE</t>
+    <t>#57 Douglas Trammell - RDE</t>
   </si>
   <si>
     <t>#77 Randy Fry - DT</t>
   </si>
   <si>
     <t>#92 Richard Smith - RDE</t>
   </si>
   <si>
     <t>#52 Brian Burns - MLB</t>
   </si>
   <si>
     <t>#94 Walter Ross - MLB</t>
   </si>
   <si>
     <t>#91 Jeff Boutwell - WLB</t>
   </si>
   <si>
-    <t>#47 Sonny Adams - CB</t>
+    <t>#42 Sonny Adams - CB</t>
   </si>
   <si>
     <t>#40 Gregory Jacques - FS</t>
   </si>
   <si>
     <t>#29 James Skinner - CB</t>
   </si>
   <si>
     <t>#35 Alex Moore - SS</t>
   </si>
   <si>
     <t>#37 Steven Turk - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>UMS 30</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>