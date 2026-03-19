--- v2 (2026-01-18)
+++ v3 (2026-03-19)
@@ -425,51 +425,51 @@
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>2-5-UMS 30 (14:24) 7-Dennis Jenkins pass complete to 10-Isaac Allen to UMS 43 for 13 yards. Tackle by 49-Sonny Adams. 10-Isaac Allen breaks down the CB.</t>
   </si>
   <si>
     <t>#44 Kenneth Berry - FB</t>
   </si>
   <si>
     <t>#66 Larry Fry - DT</t>
   </si>
   <si>
     <t>#57 Donald Grey - MLB</t>
   </si>
   <si>
     <t>#57 David Dixon - WLB</t>
   </si>
   <si>
     <t>#37 Alvin Bower - CB</t>
   </si>
   <si>
-    <t>#41 Tyler Cardenas - CB</t>
+    <t>#29 Tyler Cardenas - CB</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>UMS 43</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-UMS 43 (13:48) 7-Dennis Jenkins pass complete to 20-Frederick Robert to ILL 45 for 12 yards. Tackle by 46-Gregory Jacques. ILL 46-Gregory Jacques was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>ILL 45</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>