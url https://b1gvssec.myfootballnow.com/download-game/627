--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -305,51 +305,51 @@
   <si>
     <t>#15 Ronald Reiter - WR</t>
   </si>
   <si>
     <t>#31 Daniel Vanhoose - RB</t>
   </si>
   <si>
     <t>#41 Eric Montgomery - SLB</t>
   </si>
   <si>
     <t>#22 Ryan Sohn - CB</t>
   </si>
   <si>
     <t>#42 Daniel Hollifield - SLB</t>
   </si>
   <si>
     <t>#44 Bobby Ayotte - MLB</t>
   </si>
   <si>
     <t>#39 William Ruiz - SS</t>
   </si>
   <si>
     <t>#20 Brian Dargan - CB</t>
   </si>
   <si>
-    <t>#75 Jason Hunley - RDE</t>
+    <t>#75 Jason Hunley - DT</t>
   </si>
   <si>
     <t>#79 Vincent Chiodo - RDE</t>
   </si>
   <si>
     <t>#21 Willie Holt - CB</t>
   </si>
   <si>
     <t>#13 James Lee - K</t>
   </si>
   <si>
     <t>UoM</t>
   </si>
   <si>
     <t>UoM 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>1-10-UoM 25 (15:00) 9-Daniel Bolander pass Pass knocked down by 52-Donald Taylor. incomplete, intended for 88-Daniel Runyon.</t>
   </si>
@@ -569,78 +569,78 @@
   <si>
     <t>WAS 42</t>
   </si>
   <si>
     <t>Weak I Big HB Counter Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-WAS 42 (10:15) 23-Thomas Stetler ran to WAS 43 for 2 yards. Tackle by 44-Bobby Ayotte.</t>
   </si>
   <si>
     <t>#10 Jose Widman - QB</t>
   </si>
   <si>
     <t>#30 Thomas Stetler - FB</t>
   </si>
   <si>
     <t>#48 David Ratcliff - RB</t>
   </si>
   <si>
     <t>#46 William Fredrickson - TE</t>
   </si>
   <si>
-    <t>#83 Ronald Ellis - TE</t>
+    <t>#41 Ronald Ellis - FB</t>
   </si>
   <si>
     <t>#11 Donald Munsell - WR</t>
   </si>
   <si>
     <t>#79 Charles Ryman - LT</t>
   </si>
   <si>
     <t>#62 Warren Nelson - LG</t>
   </si>
   <si>
     <t>#60 Harry Key - LG</t>
   </si>
   <si>
     <t>#69 James Cahoon - RG</t>
   </si>
   <si>
     <t>#77 Raymond Sim - LT</t>
   </si>
   <si>
     <t>#78 Adrian Dandridge - LDE</t>
   </si>
   <si>
     <t>#71 Marshall Guin - DT</t>
   </si>
   <si>
-    <t>#72 Johnathan Raymond - DT</t>
+    <t>#97 Johnathan Raymond - LDE</t>
   </si>
   <si>
     <t>#70 Otis Park - DT</t>
   </si>
   <si>
     <t>#98 Paul Willis - WLB</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-8-WAS 43 (9:38) 16-Jose Widman pass complete to 11-Donald Munsell to WAS 50 for 7 yards. Tackle by 22-Ryan Sohn.</t>
   </si>
   <si>
     <t>#85 Christopher Baker - WR</t>
   </si>
   <si>
     <t>#38 William Dupre - FS</t>
   </si>
@@ -2226,91 +2226,91 @@
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="359.769" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">