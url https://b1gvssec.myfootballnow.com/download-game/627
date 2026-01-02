--- v1 (2025-11-03)
+++ v2 (2026-01-02)
@@ -740,51 +740,51 @@
   <si>
     <t>UoM 1</t>
   </si>
   <si>
     <t>Split Backs Normal TE Curl</t>
   </si>
   <si>
     <t>3-1-UoM 1 (5:30) 16-Jose Widman pass complete to 85-Christopher Baker for 1 yards. TOUCHDOWN! WAS 6 UoM 0</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>UoM 15</t>
   </si>
   <si>
     <t>(5:27) Extra point GOOD by 12-James Lee. WAS 7 UoM 0</t>
   </si>
   <si>
     <t>#15 David Bahe - QB</t>
   </si>
   <si>
     <t>#63 Marc Wright - LG</t>
   </si>
   <si>
-    <t>#61 Jeff Shea - C</t>
+    <t>#64 Jeff Shea - C</t>
   </si>
   <si>
     <t>#57 William Hanlin - RG</t>
   </si>
   <si>
     <t>#77 Rudy Chaney - RDE</t>
   </si>
   <si>
     <t>(5:27) 12-James Lee kicks 74 yards from WAS 35 to UoM -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>1-10-UoM 25 (5:27) 9-Daniel Bolander pass complete to 88-Daniel Runyon to UoM 34 for 9 yards. Tackle by 55-James Radel. 55-James Radel got away with a hold on that play.</t>
   </si>
   <si>
     <t>4:43</t>
   </si>
   <si>
     <t>UoM 34</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>