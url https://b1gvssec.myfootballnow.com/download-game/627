--- v2 (2026-01-02)
+++ v3 (2026-02-01)
@@ -380,51 +380,51 @@
   <si>
     <t>#58 James Stearns - C</t>
   </si>
   <si>
     <t>#65 James Conn - RG</t>
   </si>
   <si>
     <t>#66 Aaron Johnson - RT</t>
   </si>
   <si>
     <t>#93 Michael Trujillo - LDE</t>
   </si>
   <si>
     <t>#95 Robert Ray - DT</t>
   </si>
   <si>
     <t>#56 Lester Mahaffey - DT</t>
   </si>
   <si>
     <t>#64 Arthur Winter - DT</t>
   </si>
   <si>
     <t>#53 Donald Taylor - SLB</t>
   </si>
   <si>
-    <t>#56 James Radel - WLB</t>
+    <t>#54 James Radel - WLB</t>
   </si>
   <si>
     <t>#56 Claude Thompson - RDE</t>
   </si>
   <si>
     <t>#41 Otto Pfeffer - SS</t>
   </si>
   <si>
     <t>#45 John Barden - CB</t>
   </si>
   <si>
     <t>#48 David Anderson - SS</t>
   </si>
   <si>
     <t>#46 Thomas Kane - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>