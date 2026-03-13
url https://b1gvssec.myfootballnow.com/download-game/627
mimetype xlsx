--- v3 (2026-02-01)
+++ v4 (2026-03-13)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-James Lee kicks 69 yards from WAS 35 to UoM -4. Touchback.</t>
   </si>
   <si>
     <t>#15 Ronald Reiter - WR</t>
   </si>
   <si>
     <t>#31 Daniel Vanhoose - RB</t>
   </si>
   <si>
     <t>#41 Eric Montgomery - SLB</t>
   </si>
   <si>
     <t>#22 Ryan Sohn - CB</t>
   </si>
   <si>
     <t>#42 Daniel Hollifield - SLB</t>
   </si>
   <si>
     <t>#44 Bobby Ayotte - MLB</t>
   </si>
   <si>
-    <t>#39 William Ruiz - SS</t>
+    <t>#27 William Ruiz - SS</t>
   </si>
   <si>
     <t>#20 Brian Dargan - CB</t>
   </si>
   <si>
     <t>#75 Jason Hunley - DT</t>
   </si>
   <si>
     <t>#79 Vincent Chiodo - RDE</t>
   </si>
   <si>
     <t>#21 Willie Holt - CB</t>
   </si>
   <si>
     <t>#13 James Lee - K</t>
   </si>
   <si>
     <t>UoM</t>
   </si>
   <si>
     <t>UoM 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>