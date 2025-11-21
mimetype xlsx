--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -383,51 +383,51 @@
   <si>
     <t>#57 Henry Rossetti - RT</t>
   </si>
   <si>
     <t>#72 John Smith - RDE</t>
   </si>
   <si>
     <t>#63 Jacob Ball - DT</t>
   </si>
   <si>
     <t>#99 Jeffrey Draeger - DT</t>
   </si>
   <si>
     <t>#90 Carl Truss - RDE</t>
   </si>
   <si>
     <t>#90 Jose Kowalsky - MLB</t>
   </si>
   <si>
     <t>#57 Robert Dotts - MLB</t>
   </si>
   <si>
     <t>#57 Charles Jones - WLB</t>
   </si>
   <si>
-    <t>#27 Lawrence Brannon - CB</t>
+    <t>#37 Lawrence Brannon - CB</t>
   </si>
   <si>
     <t>#34 Marc Kapoor - CB</t>
   </si>
   <si>
     <t>#42 Wayne Brothers - CB</t>
   </si>
   <si>
     <t>#44 Raymond Singleton - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>TEX 32</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2 MLB Blitz</t>
   </si>
   <si>
     <t>2-3-TEX 32 (14:18) 4-Norman Meyer pass complete to 26-Willie Bell to TEX 42 for 10 yards. Tackle by 46-Wayne Brothers.</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>#46 Jimmie Baker - CB</t>
   </si>
   <si>
     <t>#26 Paul Earnest - CB</t>
   </si>
   <si>
     <t>#26 Danny Azar - CB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>TEX 46</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-6-TEX 46 (12:56) 37-Darnell Grayson ran to UMS 48 for 6 yards. Tackle by 43-Danny Azar.</t>
   </si>
   <si>
-    <t>#19 Matthew Hoyt - WR</t>
+    <t>#10 Matthew Hoyt - WR</t>
   </si>
   <si>
     <t>#25 Jeffrey Harrison - WR</t>
   </si>
   <si>
     <t>#42 Patrick Williams - MLB</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>UMS 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-UMS 48 (12:22) 46-Steven Cooper ran to UMS 42 for 6 yards. Tackle by 43-Danny Azar.</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>UMS 42</t>
   </si>