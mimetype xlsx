--- v1 (2025-11-21)
+++ v2 (2026-01-20)
@@ -410,51 +410,51 @@
   <si>
     <t>#34 Marc Kapoor - CB</t>
   </si>
   <si>
     <t>#42 Wayne Brothers - CB</t>
   </si>
   <si>
     <t>#44 Raymond Singleton - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>TEX 32</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2 MLB Blitz</t>
   </si>
   <si>
     <t>2-3-TEX 32 (14:18) 4-Norman Meyer pass complete to 26-Willie Bell to TEX 42 for 10 yards. Tackle by 46-Wayne Brothers.</t>
   </si>
   <si>
-    <t>#46 Steven Cooper - RB</t>
+    <t>#38 Steven Cooper - RB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>TEX 42</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-TEX 42 (13:37) 37-Darnell Grayson ran to TEX 46 for 4 yards. Tackle by 51-Robert Dotts.</t>
   </si>
   <si>
     <t>#37 Darnell Grayson - RB</t>
   </si>
   <si>
     <t>#44 Timothy Armstead - FB</t>
   </si>
   <si>
     <t>#16 Jerome Hooper - WR</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>1-10-UMS 6 (10:11) 7-Dennis Jenkins pass incomplete, dropped by 20-Frederick Robert. 20-Lynn Forsythe got away with a hold on that play. PENALTY - Pass Interference (TEX 47-Jimmy Wade)</t>
   </si>
   <si>
     <t>#7 Dennis Jenkins - QB</t>
   </si>
   <si>
     <t>#80 Jordan Garcia - TE</t>
   </si>
   <si>
     <t>#87 Isaac Allen - WR</t>
   </si>
   <si>
     <t>#81 German Schofield - RB</t>
   </si>
   <si>
     <t>#20 Frederick Robert - WR</t>
   </si>
   <si>
     <t>#78 Albert Davis - LT</t>
   </si>
   <si>
     <t>#73 David Walsh - LT</t>
   </si>
   <si>
-    <t>#56 Timothy Lamb - C</t>
+    <t>#58 Timothy Lamb - C</t>
   </si>
   <si>
     <t>#60 Bernardo Danley - RG</t>
   </si>
   <si>
     <t>#72 Robin Saucier - RT</t>
   </si>
   <si>
     <t>#79 David Derosier - LDE</t>
   </si>
   <si>
     <t>#99 Seth Nguyen - DT</t>
   </si>
   <si>
     <t>#91 James Moran - RDE</t>
   </si>
   <si>
     <t>#56 Brett Record - MLB</t>
   </si>
   <si>
     <t>#40 Willie Brown - CB</t>
   </si>
   <si>
     <t>#47 Jimmy Wade - CB</t>
   </si>
@@ -695,51 +695,51 @@
   <si>
     <t>1-10-UMS 25 (10:02) 7-Dennis Jenkins pass complete to 80-Jordan Garcia to UMS 34 for 9 yards. Tackle by 40-Jason Throop. Nice job by 80-Jordan Garcia on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#66 Berry Curtis - DT</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>UMS 34</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep QB Spy</t>
   </si>
   <si>
     <t>2-1-UMS 34 (9:17) 13-Adrian Hose ran to UMS 35 for 2 yards. Tackle by 91-James Moran.</t>
   </si>
   <si>
     <t>#90 Dallas Howell - SLB</t>
   </si>
   <si>
-    <t>#53 Aaron Wright - DT</t>
+    <t>#53 Aaron Wright - RDE</t>
   </si>
   <si>
     <t>8:36</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>1-10-UMS 35 (8:35) 7-Dennis Jenkins pass Pass knocked down by 47-Jimmy Wade. incomplete, intended for 20-Frederick Robert.</t>
   </si>
   <si>
     <t>8:32</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-UMS 35 (8:33) 7-Dennis Jenkins pass complete to 20-Frederick Robert to UMS 42 for 6 yards. Tackle by 49-Willie Brown. UMS 70-Albert Davis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#87 Kevin Ray - TE</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
@@ -2375,51 +2375,51 @@
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>