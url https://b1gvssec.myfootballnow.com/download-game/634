--- v2 (2026-01-20)
+++ v3 (2026-03-13)
@@ -440,51 +440,51 @@
   <si>
     <t>TEX 42</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-TEX 42 (13:37) 37-Darnell Grayson ran to TEX 46 for 4 yards. Tackle by 51-Robert Dotts.</t>
   </si>
   <si>
     <t>#37 Darnell Grayson - RB</t>
   </si>
   <si>
     <t>#44 Timothy Armstead - FB</t>
   </si>
   <si>
     <t>#16 Jerome Hooper - WR</t>
   </si>
   <si>
     <t>#72 Jeffrey Woods - LT</t>
   </si>
   <si>
-    <t>#56 Robert Dills - C</t>
+    <t>#66 Robert Dills - C</t>
   </si>
   <si>
     <t>#60 Travis Smith - RG</t>
   </si>
   <si>
     <t>#69 Jeffrey Guzman - SLB</t>
   </si>
   <si>
     <t>#54 Ronald Lamarr - WLB</t>
   </si>
   <si>
     <t>#46 Jimmie Baker - CB</t>
   </si>
   <si>
     <t>#26 Paul Earnest - CB</t>
   </si>
   <si>
     <t>#26 Danny Azar - CB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>TEX 46</t>
   </si>