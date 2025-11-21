--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -440,51 +440,51 @@
   <si>
     <t>UMS 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-UMS 45 (13:26) 84-Francisco Johnson ran to UMS 31 for 15 yards. Tackle by 46-Wayne Brothers.</t>
   </si>
   <si>
     <t>#84 Francisco Johnson - WR</t>
   </si>
   <si>
     <t>#88 Brett Butler - TE</t>
   </si>
   <si>
     <t>#86 Deon Henry - WR</t>
   </si>
   <si>
     <t>#37 Todd Slater - LDE</t>
   </si>
   <si>
-    <t>#59 Carlton Martin - RDE</t>
+    <t>#59 Carlton Martin - LDE</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>UMS 31</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-UMS 31 (12:45) 9-Joseph Harris pass complete to 1-Willie Durazo for 31 yards. TOUCHDOWN! UMS 0 ARK 6</t>
   </si>
   <si>
     <t>#18 Jonathan Martinez - WR</t>
   </si>
   <si>
     <t>#90 Jose Kowalsky - MLB</t>
   </si>
   <si>
     <t>#31 Curtis Kapoor - CB</t>
   </si>
@@ -575,90 +575,90 @@
   <si>
     <t>#87 Isaac Allen - WR</t>
   </si>
   <si>
     <t>#78 Albert Davis - LT</t>
   </si>
   <si>
     <t>#55 Michael London - LG</t>
   </si>
   <si>
     <t>#56 Timothy Lamb - C</t>
   </si>
   <si>
     <t>#60 Bernardo Danley - RG</t>
   </si>
   <si>
     <t>#68 William Mayes - RT</t>
   </si>
   <si>
     <t>#95 Benjamin Kahler - DT</t>
   </si>
   <si>
     <t>#97 Mark Thomas - DT</t>
   </si>
   <si>
-    <t>#53 Warren Gonzalez - LDE</t>
+    <t>#77 Warren Gonzalez - LDE</t>
   </si>
   <si>
     <t>#39 Howard Bridges - CB</t>
   </si>
   <si>
     <t>#23 Michael Schreiner - FS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>UMS 30</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-5-UMS 30 (12:07) 12-Andrew Bratton pass complete to 81-German Schofield to UMS 43 for 13 yards. Tackle by 27-Thomas Richardson.</t>
   </si>
   <si>
     <t>#19 Mark Fernandez - RB</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>UMS 43</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-UMS 43 (11:23) 12-Andrew Bratton pass complete to 80-Jordan Garcia to ARK 38 for 19 yards. Tackle by 51-Isaac Keith. Pressure by 92-Warren Gonzalez.</t>
   </si>
   <si>
-    <t>#13 George Duran - WR</t>
+    <t>#81 George Duran - WR</t>
   </si>
   <si>
     <t>#53 Jimmie Gulley - SLB</t>
   </si>
   <si>
     <t>#58 Stephen Crane - MLB</t>
   </si>
   <si>
     <t>#51 Isaac Keith - WLB</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>ARK 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-ARK 38 (10:48) 19-Mark Fernandez ran to ARK 39 for -1 yards. Tackle by 59-Bryan Cooper.</t>
   </si>