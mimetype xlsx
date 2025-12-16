--- v1 (2025-11-21)
+++ v2 (2025-12-16)
@@ -332,51 +332,51 @@
   <si>
     <t>#91 Eddie Huff - LDE</t>
   </si>
   <si>
     <t>#42 James Lopez - FS</t>
   </si>
   <si>
     <t>#6 Luke Gabriel - K</t>
   </si>
   <si>
     <t>ARK</t>
   </si>
   <si>
     <t>ARK 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-ARK 25 (15:00) 34-Paul Shaffer ran to ARK 35 for 10 yards. Tackle by 46-Wayne Brothers.</t>
   </si>
   <si>
-    <t>#9 Joseph Harris - QB</t>
+    <t>#6 Joseph Harris - QB</t>
   </si>
   <si>
     <t>#32 Coy Morris - RB</t>
   </si>
   <si>
     <t>#34 Paul Shaffer - RB</t>
   </si>
   <si>
     <t>#84 James Thomas - WR</t>
   </si>
   <si>
     <t>#16 Donald Deleon - WR</t>
   </si>
   <si>
     <t>#74 Charlie Anderson - LT</t>
   </si>
   <si>
     <t>#79 Armando Day - LG</t>
   </si>
   <si>
     <t>#70 Thomas Lohr - C</t>
   </si>
   <si>
     <t>#76 Michael Lowe - RG</t>
   </si>