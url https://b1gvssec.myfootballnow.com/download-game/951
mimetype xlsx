--- v2 (2025-12-16)
+++ v3 (2026-01-20)
@@ -560,51 +560,51 @@
   <si>
     <t>#12 Andrew Bratton - QB</t>
   </si>
   <si>
     <t>#13 Adrian Hose - RB</t>
   </si>
   <si>
     <t>#80 Jordan Garcia - TE</t>
   </si>
   <si>
     <t>#87 Kevin Ray - TE</t>
   </si>
   <si>
     <t>#81 German Schofield - RB</t>
   </si>
   <si>
     <t>#87 Isaac Allen - WR</t>
   </si>
   <si>
     <t>#78 Albert Davis - LT</t>
   </si>
   <si>
     <t>#55 Michael London - LG</t>
   </si>
   <si>
-    <t>#56 Timothy Lamb - C</t>
+    <t>#58 Timothy Lamb - C</t>
   </si>
   <si>
     <t>#60 Bernardo Danley - RG</t>
   </si>
   <si>
     <t>#68 William Mayes - RT</t>
   </si>
   <si>
     <t>#95 Benjamin Kahler - DT</t>
   </si>
   <si>
     <t>#97 Mark Thomas - DT</t>
   </si>
   <si>
     <t>#77 Warren Gonzalez - LDE</t>
   </si>
   <si>
     <t>#39 Howard Bridges - CB</t>
   </si>
   <si>
     <t>#23 Michael Schreiner - FS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>