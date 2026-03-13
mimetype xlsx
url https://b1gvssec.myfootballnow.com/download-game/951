--- v3 (2026-01-20)
+++ v4 (2026-03-13)
@@ -644,51 +644,51 @@
   <si>
     <t>#58 Stephen Crane - MLB</t>
   </si>
   <si>
     <t>#51 Isaac Keith - WLB</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>ARK 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-ARK 38 (10:48) 19-Mark Fernandez ran to ARK 39 for -1 yards. Tackle by 59-Bryan Cooper.</t>
   </si>
   <si>
     <t>#49 Jimmy Latour - FB</t>
   </si>
   <si>
-    <t>#94 Mark Hernandez - LDE</t>
+    <t>#70 Mark Hernandez - LDE</t>
   </si>
   <si>
     <t>#41 David Owens - CB</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>ARK 39</t>
   </si>
   <si>
     <t>Strong I Big TE Drag</t>
   </si>
   <si>
     <t>2-11-ARK 39 (10:09) 12-Andrew Bratton pass complete to 19-Mark Fernandez to ARK 37 for 2 yards. Tackle by 21-Daniel Clay.</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>ARK 37</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>